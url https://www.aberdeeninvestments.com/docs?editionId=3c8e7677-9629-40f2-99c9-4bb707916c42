--- v0 (2025-10-11)
+++ v1 (2026-03-28)
@@ -2,134 +2,134 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Funds\Investor Services\Year End\ICI\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aberdeenassetus-my.sharepoint.com/personal/matt_welsh_aberdeenplc_com/Documents/Desktop/IS Templates &amp; Docs Matt/Press Releases/January 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6805450-32ED-45F8-878B-D06E0CBB51C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="Hly9nrz6Byy8RsHZODN1awL4S8fEDc7lI8JPLuDg1PlXxvKIcFPWQxf5439Gicc49V0YvlZxjBj3aBwdbJx/0g==" workbookSaltValue="ahFEG8PA9jFQZ1BBstRSFQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="9" documentId="8_{FF89FFF7-DD03-48AB-ABF2-812B8E75CF57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5E731EEA-9BB5-47DC-B748-AA6BB9C4B4C3}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="L6xo6aJb5HEHihlYkKJJyikXtDeozhsm9mQOWcjNkxOKNpt8P7U8gdFLnYYsskLvuKnakE6+O8wlpY6YajQDHw==" workbookSaltValue="KIgASifJlWHB++spxvyZaw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5148ACD1-C5AE-4AE5-81D9-B272890E2E2D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{22B853DC-1B70-4AC2-A229-D2B118E1CCF1}"/>
   </bookViews>
   <sheets>
     <sheet name="Secondary Layout" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="456" uniqueCount="111">
   <si>
     <t>Secondary Layout Report Date:</t>
   </si>
   <si>
-    <t>TARGET DELIVERY DATE: JANUARY 28, 2025</t>
+    <t>TARGET DELIVERY DATE: JANUARY 27, 2026</t>
   </si>
   <si>
     <t>This spreadsheet and the accompanying instructions do not constitute, and should not be considered a substitute for, legal advice. The rules governing the proper tax characterization of distributions by mutual funds can be complex. Each fund should consult its own tax advisor regarding the proper tax characterization and reporting of the fund's distributions.</t>
   </si>
   <si>
     <t>Note: no requirement to skip rows between entries or list in CUSIP order. Amounts expressed as an annual percentage with six (6) digits after the decimal point.</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Guam</t>
   </si>
   <si>
-    <t>Northern Mariana Islands</t>
+    <t>Northern Mariana Islands (QC) or American Samoa (AS)</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
-    <t>American Samoa or Other</t>
+    <t>Other</t>
   </si>
   <si>
     <t>DIRECT FEDERAL OBLIGATIONS (Optional)</t>
   </si>
   <si>
     <t>INDIRECT FEDERAL OBLIGATIONS (optional)</t>
   </si>
   <si>
     <t>Security Description (Fund and Class)</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Ticker Symbol</t>
   </si>
   <si>
-    <t>Extended (X) Estimated (E) or Corrected (C)</t>
+    <t>Extended (X) Estimated (E) Corrected (C) or Reclass (R)</t>
   </si>
   <si>
     <t>Creditable Tax Reportable on IRS Form 8912</t>
   </si>
   <si>
     <t>Foreign Source Income: % of Box 1a, Col. 17 on Primary Layout</t>
   </si>
   <si>
     <t>Foreign Source Income (% of Primary Layout Box 1a, Col 17) as adjusted for IRC 904(b)(2)(B) type limitation for foreign QDI</t>
   </si>
   <si>
     <t>Foreign Qualified Dividend Income: % of Box 1a, Col. 17 on Primary Layout</t>
   </si>
   <si>
     <t>Threshold Requirements For Passthrough of Interest from Federal Obligations Not Satisfied (Indicate by State)</t>
   </si>
   <si>
     <t>Threshold Requirements For State and Local Exempt Interest Dividends Not Satisfied (Indicate by State)</t>
   </si>
   <si>
     <t>% of Income From Federal Securities: % of Box 1a, Col. 17 on Primary Layout</t>
   </si>
   <si>
     <t>% of Taxable Distribution Eligible for the Dividend Received Deduction</t>
   </si>
@@ -220,51 +220,51 @@
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>NJ</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>ND</t>
   </si>
   <si>
-    <t>CQ</t>
+    <t>(CQ)(AS)</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>OK</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>SD</t>
   </si>
@@ -277,250 +277,244 @@
   <si>
     <t>VQ</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>WY</t>
   </si>
   <si>
-    <t>AS or Other</t>
-[...1 lines deleted...]
-  <si>
     <t>U.S. Treasury</t>
   </si>
   <si>
     <t>Federal Farm Credit Banks</t>
   </si>
   <si>
     <t>Federal Home Loan Banks</t>
   </si>
   <si>
     <t>Student Loan Marketing Association</t>
   </si>
   <si>
     <t>Tennessee Valley Authority</t>
   </si>
   <si>
     <t>Other Direct Federal Obligations</t>
   </si>
   <si>
     <t>GNMA</t>
   </si>
   <si>
     <t>FNMA</t>
   </si>
   <si>
     <t>Federal Home Loan Mortgage Corp</t>
   </si>
   <si>
     <t>Other Indirect Federal Obligations</t>
   </si>
   <si>
     <t>Repurchase Agreements Income</t>
   </si>
   <si>
     <t>[Reserved for Future Use]</t>
   </si>
   <si>
     <t>Supplemental Information Statement</t>
   </si>
   <si>
     <t>Section 163(j) Interest Dividends*</t>
   </si>
   <si>
-    <t>ABRDN REALTY INCOME AND GROWTH FUND</t>
+    <t>ABRDN REAL ESTATE FUND</t>
   </si>
   <si>
     <t>003022357</t>
   </si>
   <si>
     <t>AIAGX</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>003022365</t>
   </si>
   <si>
     <t>AIGYX</t>
   </si>
   <si>
     <t>ABRDN GLOBAL INFRASTRUCTURE FUND</t>
   </si>
   <si>
     <t>003022399</t>
   </si>
   <si>
     <t>AIAFX</t>
   </si>
   <si>
     <t>003022415</t>
   </si>
   <si>
     <t>AIFRX</t>
   </si>
   <si>
     <t>ABRDN DYNAMIC DIVIDEND FUND</t>
   </si>
   <si>
     <t>003022423</t>
   </si>
   <si>
     <t>ADAVX</t>
+  </si>
+  <si>
+    <t>R</t>
   </si>
   <si>
     <t>003022431</t>
   </si>
   <si>
     <t>ADVDX</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">For informational purposes only. Past performance does not guarantee future results.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Investors should carefully consider a fund’s investment objectives, risks, fees, charges and expenses before investing any money. To obtain this and other fund information, please call 1-866-667-9231 to request a summary prospectus and/or prospectus, or download at www.abrdn.com. Please read the summary prospectus and/or prospectus carefully before investing any money.
+      <t xml:space="preserve">Investors should carefully consider a fund’s investment objectives, risks, fees, charges and expenses before investing any money. To obtain this and other fund information, please call 1-866-667-9231 to request a summary prospectus and/or prospectus, or download at www.aberdeeninvestments.com/en-us. Please read the summary prospectus and/or prospectus carefully before investing any money.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Investing in mutual funds involves risk, including possible loss of principal. There is no assurance that the investment objective of any fund will be achieved.
 abrdn Funds are distributed by Aberdeen Fund Distributors LLC, Member FINRA and SIPC. 1900 Market Street Suite 200, Philadelphia, PA 19103</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Palatino"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0000%"/>
     <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0.000000_);_(&quot;$&quot;* \(#,##0.000000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="13">
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Palatino"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Palatino"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
@@ -683,104 +677,104 @@
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="5" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="6" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -790,77 +784,66 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="6" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 7" xfId="3" xr:uid="{83BE06A9-7AAD-445A-AE08-787F093AAF65}"/>
+    <cellStyle name="Normal 7" xfId="3" xr:uid="{A3643604-1DEE-40EA-B600-3F81CF3381E7}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1152,152 +1135,154 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1408080F-6B1B-4B3E-A052-8B19B56C57F0}">
-  <dimension ref="A1:CD27"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E6B4440-47C8-4A61-9F5D-76DF0A098B6B}">
+  <dimension ref="A1:CD26"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="44.5703125" customWidth="1"/>
+    <col min="1" max="1" width="38.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" customWidth="1"/>
-    <col min="4" max="4" width="9.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
     <col min="5" max="5" width="12.140625" customWidth="1"/>
     <col min="6" max="6" width="13.7109375" customWidth="1"/>
     <col min="7" max="7" width="22.5703125" customWidth="1"/>
     <col min="8" max="8" width="15.85546875" customWidth="1"/>
     <col min="9" max="9" width="22.7109375" customWidth="1"/>
     <col min="10" max="10" width="21.140625" customWidth="1"/>
     <col min="11" max="12" width="18.140625" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" customWidth="1"/>
     <col min="14" max="14" width="11.7109375" customWidth="1"/>
     <col min="15" max="15" width="11" customWidth="1"/>
     <col min="16" max="16" width="10.42578125" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" customWidth="1"/>
     <col min="18" max="18" width="10.140625" customWidth="1"/>
     <col min="19" max="19" width="10" customWidth="1"/>
     <col min="20" max="20" width="11" customWidth="1"/>
     <col min="21" max="21" width="10.7109375" customWidth="1"/>
     <col min="22" max="23" width="10" customWidth="1"/>
     <col min="24" max="24" width="10.140625" customWidth="1"/>
     <col min="25" max="25" width="11" customWidth="1"/>
     <col min="26" max="26" width="12.140625" customWidth="1"/>
     <col min="27" max="27" width="11" customWidth="1"/>
     <col min="28" max="28" width="10.5703125" customWidth="1"/>
     <col min="29" max="29" width="11.140625" customWidth="1"/>
     <col min="30" max="30" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="10.85546875" customWidth="1"/>
     <col min="32" max="32" width="10.140625" customWidth="1"/>
     <col min="33" max="33" width="11.140625" customWidth="1"/>
     <col min="34" max="34" width="10.42578125" customWidth="1"/>
     <col min="35" max="35" width="11" customWidth="1"/>
     <col min="36" max="36" width="11.5703125" customWidth="1"/>
     <col min="37" max="43" width="10.5703125" customWidth="1"/>
     <col min="44" max="44" width="10.140625" customWidth="1"/>
     <col min="45" max="45" width="10.5703125" customWidth="1"/>
     <col min="46" max="46" width="11.28515625" customWidth="1"/>
-    <col min="47" max="51" width="10.5703125" customWidth="1"/>
+    <col min="47" max="48" width="10.5703125" customWidth="1"/>
+    <col min="49" max="49" width="17.5703125" customWidth="1"/>
+    <col min="50" max="51" width="10.5703125" customWidth="1"/>
     <col min="52" max="52" width="10.85546875" customWidth="1"/>
     <col min="53" max="53" width="10.42578125" customWidth="1"/>
     <col min="54" max="54" width="10.5703125" customWidth="1"/>
     <col min="55" max="55" width="10.85546875" customWidth="1"/>
     <col min="56" max="57" width="10.5703125" customWidth="1"/>
     <col min="58" max="58" width="10.7109375" customWidth="1"/>
     <col min="59" max="62" width="10.5703125" customWidth="1"/>
     <col min="63" max="64" width="10.42578125" customWidth="1"/>
     <col min="65" max="68" width="10.5703125" customWidth="1"/>
     <col min="69" max="79" width="14.7109375" customWidth="1"/>
     <col min="80" max="81" width="16" customWidth="1"/>
     <col min="82" max="82" width="13.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82" ht="18.75" thickBot="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3">
-        <v>45694.54207466435</v>
+        <v>46059.381491886576</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:82" ht="18">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="5"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="6"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
     </row>
     <row r="3" spans="1:82">
-      <c r="A3" s="53" t="s">
+      <c r="A3" s="48" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="53"/>
-[...6 lines deleted...]
-      <c r="I3" s="53"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+      <c r="E3" s="48"/>
+      <c r="F3" s="48"/>
+      <c r="G3" s="48"/>
+      <c r="H3" s="48"/>
+      <c r="I3" s="48"/>
       <c r="J3" s="7"/>
     </row>
     <row r="4" spans="1:82" ht="15.75">
       <c r="A4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
     </row>
     <row r="5" spans="1:82" ht="15.75">
       <c r="A5" s="9"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="N5" s="9"/>
       <c r="AC5" s="9"/>
       <c r="AR5" s="9"/>
     </row>
@@ -1551,51 +1536,51 @@
       <c r="BW8" s="11">
         <v>75</v>
       </c>
       <c r="BX8" s="11">
         <v>76</v>
       </c>
       <c r="BY8" s="11">
         <v>77</v>
       </c>
       <c r="BZ8" s="11">
         <v>78</v>
       </c>
       <c r="CA8" s="10">
         <v>79</v>
       </c>
       <c r="CB8" s="10">
         <v>80</v>
       </c>
       <c r="CC8" s="10">
         <v>81</v>
       </c>
       <c r="CD8" s="10">
         <v>82</v>
       </c>
     </row>
-    <row r="9" spans="1:82" ht="39">
+    <row r="9" spans="1:82" ht="60">
       <c r="A9" s="12"/>
       <c r="B9" s="12"/>
       <c r="C9" s="12"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="13"/>
       <c r="G9" s="14" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
       <c r="L9" s="15"/>
       <c r="M9" s="16"/>
       <c r="N9" s="16"/>
       <c r="O9" s="16"/>
       <c r="P9" s="16"/>
       <c r="Q9" s="16"/>
       <c r="R9" s="16"/>
       <c r="S9" s="16"/>
       <c r="T9" s="16"/>
       <c r="U9" s="16"/>
@@ -1606,66 +1591,66 @@
       </c>
       <c r="Y9" s="16"/>
       <c r="Z9" s="16"/>
       <c r="AA9" s="16"/>
       <c r="AB9" s="16"/>
       <c r="AC9" s="16"/>
       <c r="AD9" s="16"/>
       <c r="AE9" s="16"/>
       <c r="AF9" s="16"/>
       <c r="AG9" s="16"/>
       <c r="AH9" s="16"/>
       <c r="AI9" s="16"/>
       <c r="AJ9" s="16"/>
       <c r="AK9" s="16"/>
       <c r="AL9" s="16"/>
       <c r="AM9" s="16"/>
       <c r="AN9" s="16"/>
       <c r="AO9" s="16"/>
       <c r="AP9" s="16"/>
       <c r="AQ9" s="16"/>
       <c r="AR9" s="16"/>
       <c r="AS9" s="16"/>
       <c r="AT9" s="16"/>
       <c r="AU9" s="16"/>
       <c r="AV9" s="16"/>
-      <c r="AW9" s="18" t="s">
+      <c r="AW9" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="AX9" s="19"/>
-[...2 lines deleted...]
-      <c r="BA9" s="19"/>
+      <c r="AX9" s="18"/>
+      <c r="AY9" s="18"/>
+      <c r="AZ9" s="18"/>
+      <c r="BA9" s="18"/>
       <c r="BB9" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="BC9" s="19"/>
-[...4 lines deleted...]
-      <c r="BH9" s="18" t="s">
+      <c r="BC9" s="18"/>
+      <c r="BD9" s="18"/>
+      <c r="BE9" s="18"/>
+      <c r="BF9" s="18"/>
+      <c r="BG9" s="18"/>
+      <c r="BH9" s="19" t="s">
         <v>8</v>
       </c>
       <c r="BI9" s="16"/>
       <c r="BJ9" s="16"/>
       <c r="BK9" s="16"/>
       <c r="BL9" s="16"/>
       <c r="BM9" s="16"/>
       <c r="BN9" s="16"/>
       <c r="BO9" s="16"/>
       <c r="BP9" s="20" t="s">
         <v>9</v>
       </c>
       <c r="BQ9" s="21"/>
       <c r="BR9" s="22"/>
       <c r="BS9" s="23" t="s">
         <v>10</v>
       </c>
       <c r="BT9" s="24"/>
       <c r="BU9" s="24"/>
       <c r="BV9" s="25"/>
       <c r="BW9" s="26"/>
       <c r="BX9" s="27" t="s">
         <v>11</v>
       </c>
       <c r="BY9" s="28"/>
@@ -1702,62 +1687,62 @@
       <c r="X10" s="17"/>
       <c r="Y10" s="16"/>
       <c r="Z10" s="16"/>
       <c r="AA10" s="16"/>
       <c r="AB10" s="16"/>
       <c r="AC10" s="16"/>
       <c r="AD10" s="16"/>
       <c r="AE10" s="16"/>
       <c r="AF10" s="16"/>
       <c r="AG10" s="16"/>
       <c r="AH10" s="16"/>
       <c r="AI10" s="16"/>
       <c r="AJ10" s="16"/>
       <c r="AK10" s="16"/>
       <c r="AL10" s="16"/>
       <c r="AM10" s="16"/>
       <c r="AN10" s="16"/>
       <c r="AO10" s="16"/>
       <c r="AP10" s="16"/>
       <c r="AQ10" s="16"/>
       <c r="AR10" s="16"/>
       <c r="AS10" s="16"/>
       <c r="AT10" s="16"/>
       <c r="AU10" s="16"/>
       <c r="AV10" s="16"/>
-      <c r="AW10" s="18"/>
-[...3 lines deleted...]
-      <c r="BA10" s="19"/>
+      <c r="AW10" s="17"/>
+      <c r="AX10" s="18"/>
+      <c r="AY10" s="18"/>
+      <c r="AZ10" s="18"/>
+      <c r="BA10" s="18"/>
       <c r="BB10" s="17"/>
-      <c r="BC10" s="19"/>
-[...4 lines deleted...]
-      <c r="BH10" s="18"/>
+      <c r="BC10" s="18"/>
+      <c r="BD10" s="18"/>
+      <c r="BE10" s="18"/>
+      <c r="BF10" s="18"/>
+      <c r="BG10" s="18"/>
+      <c r="BH10" s="19"/>
       <c r="BI10" s="16"/>
       <c r="BJ10" s="16"/>
       <c r="BK10" s="16"/>
       <c r="BL10" s="16"/>
       <c r="BM10" s="16"/>
       <c r="BN10" s="16"/>
       <c r="BO10" s="16"/>
       <c r="BP10" s="16"/>
       <c r="BQ10" s="32"/>
       <c r="BR10" s="33"/>
       <c r="BS10" s="34"/>
       <c r="BT10" s="35"/>
       <c r="BU10" s="35"/>
       <c r="BV10" s="36"/>
       <c r="BW10" s="37"/>
       <c r="BX10" s="38"/>
       <c r="BY10" s="39"/>
       <c r="BZ10" s="40"/>
       <c r="CA10" s="30"/>
       <c r="CB10" s="30"/>
       <c r="CC10" s="31"/>
       <c r="CD10" s="15"/>
     </row>
     <row r="11" spans="1:82" hidden="1">
       <c r="A11" s="12"/>
@@ -1786,62 +1771,62 @@
       <c r="X11" s="17"/>
       <c r="Y11" s="16"/>
       <c r="Z11" s="16"/>
       <c r="AA11" s="16"/>
       <c r="AB11" s="16"/>
       <c r="AC11" s="16"/>
       <c r="AD11" s="16"/>
       <c r="AE11" s="16"/>
       <c r="AF11" s="16"/>
       <c r="AG11" s="16"/>
       <c r="AH11" s="16"/>
       <c r="AI11" s="16"/>
       <c r="AJ11" s="16"/>
       <c r="AK11" s="16"/>
       <c r="AL11" s="16"/>
       <c r="AM11" s="16"/>
       <c r="AN11" s="16"/>
       <c r="AO11" s="16"/>
       <c r="AP11" s="16"/>
       <c r="AQ11" s="16"/>
       <c r="AR11" s="16"/>
       <c r="AS11" s="16"/>
       <c r="AT11" s="16"/>
       <c r="AU11" s="16"/>
       <c r="AV11" s="16"/>
-      <c r="AW11" s="18"/>
-[...3 lines deleted...]
-      <c r="BA11" s="19"/>
+      <c r="AW11" s="17"/>
+      <c r="AX11" s="18"/>
+      <c r="AY11" s="18"/>
+      <c r="AZ11" s="18"/>
+      <c r="BA11" s="18"/>
       <c r="BB11" s="17"/>
-      <c r="BC11" s="19"/>
-[...4 lines deleted...]
-      <c r="BH11" s="18"/>
+      <c r="BC11" s="18"/>
+      <c r="BD11" s="18"/>
+      <c r="BE11" s="18"/>
+      <c r="BF11" s="18"/>
+      <c r="BG11" s="18"/>
+      <c r="BH11" s="19"/>
       <c r="BI11" s="16"/>
       <c r="BJ11" s="16"/>
       <c r="BK11" s="16"/>
       <c r="BL11" s="16"/>
       <c r="BM11" s="16"/>
       <c r="BN11" s="16"/>
       <c r="BO11" s="16"/>
       <c r="BP11" s="16"/>
       <c r="BQ11" s="32"/>
       <c r="BR11" s="33"/>
       <c r="BS11" s="34"/>
       <c r="BT11" s="35"/>
       <c r="BU11" s="35"/>
       <c r="BV11" s="36"/>
       <c r="BW11" s="37"/>
       <c r="BX11" s="38"/>
       <c r="BY11" s="39"/>
       <c r="BZ11" s="40"/>
       <c r="CA11" s="30"/>
       <c r="CB11" s="30"/>
       <c r="CC11" s="31"/>
       <c r="CD11" s="15"/>
     </row>
     <row r="12" spans="1:82" hidden="1">
       <c r="A12" s="12"/>
@@ -1870,62 +1855,62 @@
       <c r="X12" s="17"/>
       <c r="Y12" s="16"/>
       <c r="Z12" s="16"/>
       <c r="AA12" s="16"/>
       <c r="AB12" s="16"/>
       <c r="AC12" s="16"/>
       <c r="AD12" s="16"/>
       <c r="AE12" s="16"/>
       <c r="AF12" s="16"/>
       <c r="AG12" s="16"/>
       <c r="AH12" s="16"/>
       <c r="AI12" s="16"/>
       <c r="AJ12" s="16"/>
       <c r="AK12" s="16"/>
       <c r="AL12" s="16"/>
       <c r="AM12" s="16"/>
       <c r="AN12" s="16"/>
       <c r="AO12" s="16"/>
       <c r="AP12" s="16"/>
       <c r="AQ12" s="16"/>
       <c r="AR12" s="16"/>
       <c r="AS12" s="16"/>
       <c r="AT12" s="16"/>
       <c r="AU12" s="16"/>
       <c r="AV12" s="16"/>
-      <c r="AW12" s="18"/>
-[...3 lines deleted...]
-      <c r="BA12" s="19"/>
+      <c r="AW12" s="17"/>
+      <c r="AX12" s="18"/>
+      <c r="AY12" s="18"/>
+      <c r="AZ12" s="18"/>
+      <c r="BA12" s="18"/>
       <c r="BB12" s="17"/>
-      <c r="BC12" s="19"/>
-[...4 lines deleted...]
-      <c r="BH12" s="18"/>
+      <c r="BC12" s="18"/>
+      <c r="BD12" s="18"/>
+      <c r="BE12" s="18"/>
+      <c r="BF12" s="18"/>
+      <c r="BG12" s="18"/>
+      <c r="BH12" s="19"/>
       <c r="BI12" s="16"/>
       <c r="BJ12" s="16"/>
       <c r="BK12" s="16"/>
       <c r="BL12" s="16"/>
       <c r="BM12" s="16"/>
       <c r="BN12" s="16"/>
       <c r="BO12" s="16"/>
       <c r="BP12" s="16"/>
       <c r="BQ12" s="32"/>
       <c r="BR12" s="33"/>
       <c r="BS12" s="34"/>
       <c r="BT12" s="35"/>
       <c r="BU12" s="35"/>
       <c r="BV12" s="36"/>
       <c r="BW12" s="37"/>
       <c r="BX12" s="38"/>
       <c r="BY12" s="39"/>
       <c r="BZ12" s="40"/>
       <c r="CA12" s="30"/>
       <c r="CB12" s="30"/>
       <c r="CC12" s="31"/>
       <c r="CD12" s="15"/>
     </row>
     <row r="13" spans="1:82" hidden="1">
       <c r="A13" s="12"/>
@@ -1954,62 +1939,62 @@
       <c r="X13" s="17"/>
       <c r="Y13" s="16"/>
       <c r="Z13" s="16"/>
       <c r="AA13" s="16"/>
       <c r="AB13" s="16"/>
       <c r="AC13" s="16"/>
       <c r="AD13" s="16"/>
       <c r="AE13" s="16"/>
       <c r="AF13" s="16"/>
       <c r="AG13" s="16"/>
       <c r="AH13" s="16"/>
       <c r="AI13" s="16"/>
       <c r="AJ13" s="16"/>
       <c r="AK13" s="16"/>
       <c r="AL13" s="16"/>
       <c r="AM13" s="16"/>
       <c r="AN13" s="16"/>
       <c r="AO13" s="16"/>
       <c r="AP13" s="16"/>
       <c r="AQ13" s="16"/>
       <c r="AR13" s="16"/>
       <c r="AS13" s="16"/>
       <c r="AT13" s="16"/>
       <c r="AU13" s="16"/>
       <c r="AV13" s="16"/>
-      <c r="AW13" s="18"/>
-[...3 lines deleted...]
-      <c r="BA13" s="19"/>
+      <c r="AW13" s="17"/>
+      <c r="AX13" s="18"/>
+      <c r="AY13" s="18"/>
+      <c r="AZ13" s="18"/>
+      <c r="BA13" s="18"/>
       <c r="BB13" s="17"/>
-      <c r="BC13" s="19"/>
-[...4 lines deleted...]
-      <c r="BH13" s="18"/>
+      <c r="BC13" s="18"/>
+      <c r="BD13" s="18"/>
+      <c r="BE13" s="18"/>
+      <c r="BF13" s="18"/>
+      <c r="BG13" s="18"/>
+      <c r="BH13" s="19"/>
       <c r="BI13" s="16"/>
       <c r="BJ13" s="16"/>
       <c r="BK13" s="16"/>
       <c r="BL13" s="16"/>
       <c r="BM13" s="16"/>
       <c r="BN13" s="16"/>
       <c r="BO13" s="16"/>
       <c r="BP13" s="16"/>
       <c r="BQ13" s="32"/>
       <c r="BR13" s="33"/>
       <c r="BS13" s="34"/>
       <c r="BT13" s="35"/>
       <c r="BU13" s="35"/>
       <c r="BV13" s="36"/>
       <c r="BW13" s="37"/>
       <c r="BX13" s="38"/>
       <c r="BY13" s="39"/>
       <c r="BZ13" s="40"/>
       <c r="CA13" s="30"/>
       <c r="CB13" s="30"/>
       <c r="CC13" s="31"/>
       <c r="CD13" s="15"/>
     </row>
     <row r="14" spans="1:82" ht="77.25">
       <c r="A14" s="41" t="s">
@@ -2192,1743 +2177,1877 @@
       <c r="BH14" s="44" t="s">
         <v>71</v>
       </c>
       <c r="BI14" s="44" t="s">
         <v>72</v>
       </c>
       <c r="BJ14" s="44" t="s">
         <v>73</v>
       </c>
       <c r="BK14" s="44" t="s">
         <v>74</v>
       </c>
       <c r="BL14" s="44" t="s">
         <v>75</v>
       </c>
       <c r="BM14" s="44" t="s">
         <v>76</v>
       </c>
       <c r="BN14" s="44" t="s">
         <v>77</v>
       </c>
       <c r="BO14" s="44" t="s">
         <v>78</v>
       </c>
       <c r="BP14" s="44" t="s">
+        <v>9</v>
+      </c>
+      <c r="BQ14" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="BQ14" s="14" t="s">
+      <c r="BR14" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="BR14" s="14" t="s">
+      <c r="BS14" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="BS14" s="14" t="s">
+      <c r="BT14" s="14" t="s">
         <v>82</v>
       </c>
-      <c r="BT14" s="14" t="s">
+      <c r="BU14" s="14" t="s">
         <v>83</v>
       </c>
-      <c r="BU14" s="14" t="s">
+      <c r="BV14" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="BV14" s="14" t="s">
+      <c r="BW14" s="14" t="s">
         <v>85</v>
       </c>
-      <c r="BW14" s="14" t="s">
+      <c r="BX14" s="14" t="s">
         <v>86</v>
       </c>
-      <c r="BX14" s="14" t="s">
+      <c r="BY14" s="14" t="s">
         <v>87</v>
       </c>
-      <c r="BY14" s="14" t="s">
+      <c r="BZ14" s="14" t="s">
         <v>88</v>
       </c>
-      <c r="BZ14" s="14" t="s">
+      <c r="CA14" s="44" t="s">
         <v>89</v>
       </c>
-      <c r="CA14" s="44" t="s">
+      <c r="CB14" s="41" t="s">
         <v>90</v>
       </c>
-      <c r="CB14" s="41" t="s">
+      <c r="CC14" s="43" t="s">
         <v>91</v>
       </c>
-      <c r="CC14" s="43" t="s">
+      <c r="CD14" s="41" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:82">
-      <c r="A15" s="46" t="s">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
         <v>94</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>95</v>
       </c>
-      <c r="C15" s="46" t="s">
-[...225 lines deleted...]
-        <v>1.5E-3</v>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="F15" s="46">
+        <v>0</v>
+      </c>
+      <c r="G15" s="47"/>
+      <c r="H15" s="46">
+        <v>0</v>
+      </c>
+      <c r="I15" s="47"/>
+      <c r="J15" s="47"/>
+      <c r="K15" s="47">
+        <v>0</v>
+      </c>
+      <c r="L15" s="47">
+        <v>0</v>
+      </c>
+      <c r="M15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ15" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA15" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB15" s="47"/>
+      <c r="CC15" s="47"/>
+      <c r="CD15" s="47">
+        <v>0.01</v>
       </c>
     </row>
     <row r="16" spans="1:82">
-      <c r="A16" s="46" t="s">
-        <v>94</v>
+      <c r="A16" t="s">
+        <v>93</v>
       </c>
       <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
         <v>98</v>
       </c>
-      <c r="C16" s="46" t="s">
-[...225 lines deleted...]
-        <v>1.5E-3</v>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="F16" s="46">
+        <v>0</v>
+      </c>
+      <c r="G16" s="47"/>
+      <c r="H16" s="46">
+        <v>0</v>
+      </c>
+      <c r="I16" s="47"/>
+      <c r="J16" s="47"/>
+      <c r="K16" s="47">
+        <v>0</v>
+      </c>
+      <c r="L16" s="47">
+        <v>0</v>
+      </c>
+      <c r="M16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ16" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA16" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB16" s="47"/>
+      <c r="CC16" s="47"/>
+      <c r="CD16" s="47">
+        <v>0.01</v>
       </c>
     </row>
     <row r="17" spans="1:82">
-      <c r="A17" s="46" t="s">
+      <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>101</v>
       </c>
-      <c r="C17" s="46" t="s">
-[...225 lines deleted...]
-        <v>0</v>
+      <c r="D17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" s="46">
+        <v>0.6099</v>
+      </c>
+      <c r="G17" s="47"/>
+      <c r="H17" s="46">
+        <v>0.6099</v>
+      </c>
+      <c r="I17" s="47"/>
+      <c r="J17" s="47"/>
+      <c r="K17" s="47">
+        <v>0</v>
+      </c>
+      <c r="L17" s="47">
+        <v>0.37369999999999998</v>
+      </c>
+      <c r="M17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ17" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA17" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB17" s="47"/>
+      <c r="CC17" s="47"/>
+      <c r="CD17" s="47">
+        <v>3.04E-2</v>
       </c>
     </row>
     <row r="18" spans="1:82">
-      <c r="A18" s="46" t="s">
-        <v>100</v>
+      <c r="A18" t="s">
+        <v>99</v>
       </c>
       <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" s="46" t="s">
-[...225 lines deleted...]
-        <v>0</v>
+      <c r="D18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" s="46">
+        <v>0.6099</v>
+      </c>
+      <c r="G18" s="47"/>
+      <c r="H18" s="46">
+        <v>0.6099</v>
+      </c>
+      <c r="I18" s="47"/>
+      <c r="J18" s="47"/>
+      <c r="K18" s="47">
+        <v>0</v>
+      </c>
+      <c r="L18" s="47">
+        <v>0.37369999999999998</v>
+      </c>
+      <c r="M18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ18" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA18" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB18" s="47"/>
+      <c r="CC18" s="47"/>
+      <c r="CD18" s="47">
+        <v>3.04E-2</v>
       </c>
     </row>
     <row r="19" spans="1:82">
-      <c r="A19" s="46" t="s">
+      <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
         <v>105</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>106</v>
       </c>
-      <c r="C19" s="46" t="s">
+      <c r="D19" t="s">
         <v>107</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...222 lines deleted...]
-        <v>5.9999999999999995E-4</v>
+      <c r="F19" s="46">
+        <v>0</v>
+      </c>
+      <c r="G19" s="47"/>
+      <c r="H19" s="46">
+        <v>0</v>
+      </c>
+      <c r="I19" s="47"/>
+      <c r="J19" s="47"/>
+      <c r="K19" s="47">
+        <v>0</v>
+      </c>
+      <c r="L19" s="47">
+        <v>0.42370000000000002</v>
+      </c>
+      <c r="M19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ19" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA19" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB19" s="47"/>
+      <c r="CC19" s="47"/>
+      <c r="CD19" s="47">
+        <v>7.3000000000000001E-3</v>
       </c>
     </row>
     <row r="20" spans="1:82">
-      <c r="A20" s="46" t="s">
-        <v>105</v>
+      <c r="A20" t="s">
+        <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>108</v>
       </c>
-      <c r="C20" s="46" t="s">
+      <c r="C20" t="s">
         <v>109</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...222 lines deleted...]
-        <v>5.9999999999999995E-4</v>
+      <c r="D20" t="s">
+        <v>107</v>
+      </c>
+      <c r="F20" s="46">
+        <v>0</v>
+      </c>
+      <c r="G20" s="47"/>
+      <c r="H20" s="46">
+        <v>0</v>
+      </c>
+      <c r="I20" s="47"/>
+      <c r="J20" s="47"/>
+      <c r="K20" s="47">
+        <v>0</v>
+      </c>
+      <c r="L20" s="47">
+        <v>0.42370000000000002</v>
+      </c>
+      <c r="M20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ20" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA20" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB20" s="47"/>
+      <c r="CC20" s="47"/>
+      <c r="CD20" s="47">
+        <v>7.3000000000000001E-3</v>
       </c>
     </row>
-    <row r="25" spans="1:82" ht="103.5" customHeight="1">
-      <c r="A25" s="54" t="s">
+    <row r="24" spans="1:82">
+      <c r="A24" s="49" t="s">
         <v>110</v>
       </c>
-      <c r="B25" s="55"/>
-[...10 lines deleted...]
-      <c r="M25" s="55"/>
+      <c r="B24" s="50"/>
+      <c r="C24" s="50"/>
+      <c r="D24" s="50"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="50"/>
+      <c r="G24" s="50"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="50"/>
+      <c r="J24" s="50"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="50"/>
+      <c r="M24" s="50"/>
     </row>
-    <row r="26" spans="1:82">
-[...12 lines deleted...]
-      <c r="M26" s="55"/>
+    <row r="25" spans="1:82">
+      <c r="A25" s="50"/>
+      <c r="B25" s="50"/>
+      <c r="C25" s="50"/>
+      <c r="D25" s="50"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="50"/>
+      <c r="G25" s="50"/>
+      <c r="H25" s="50"/>
+      <c r="I25" s="50"/>
+      <c r="J25" s="50"/>
+      <c r="K25" s="50"/>
+      <c r="L25" s="50"/>
+      <c r="M25" s="50"/>
     </row>
-    <row r="27" spans="1:82">
-[...12 lines deleted...]
-      <c r="M27" s="55"/>
+    <row r="26" spans="1:82" ht="92.25" customHeight="1">
+      <c r="A26" s="50"/>
+      <c r="B26" s="50"/>
+      <c r="C26" s="50"/>
+      <c r="D26" s="50"/>
+      <c r="E26" s="50"/>
+      <c r="F26" s="50"/>
+      <c r="G26" s="50"/>
+      <c r="H26" s="50"/>
+      <c r="I26" s="50"/>
+      <c r="J26" s="50"/>
+      <c r="K26" s="50"/>
+      <c r="L26" s="50"/>
+      <c r="M26" s="50"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="sjKPxxMi1Kdd3ScH/MF1HLD5ecLgfdpeEw3Rc0/rzizkOEtoaZctbuFrqYamPDCF21M3299rHe2GHyAkda7fNQ==" saltValue="awtEaV0UXY1LFVypdYlTpw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cWQwgc24A6idHSG6neh72O72JdzPmXFScOXyBJ47TgQvheM2RbM4XuF92+CRZ2F26I2VvHfD95txZ90qxsvlBg==" saltValue="/3i6UV8XtMLVUzXtPz3GBA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A25:M27"/>
+    <mergeCell ref="A24:M26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="My Docs Document" ma:contentTypeID="0x01010070B8EBA165E1244282FA93047E839D47020055E57DDD6CB1BD46A52EA9007CDB0AA0" ma:contentTypeVersion="24" ma:contentTypeDescription="Document content type for EY Interact My Documents" ma:contentTypeScope="" ma:versionID="dacb87dd6fb3ea0ef8f0551de8b4e7b9">
-[...1 lines deleted...]
-    <xsd:import namespace="67cda108-cd43-4e8c-95f8-608da92302cd"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">USA270587-2051353962-357</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Url>https://eyus.sharepoint.com/sites/eyimdUSA-D00071608-M/1/_layouts/15/DocIdRedir.aspx?ID=USA270587-2051353962-357</Url>
+      <Description>USA270587-2051353962-357</Description>
+    </_dlc_DocIdUrl>
+    <TaxYear xmlns="35818088-e62d-4edf-bbb6-409430aef268">N/A</TaxYear>
+    <fe0ef5c991474984808e916215c66092 xmlns="b77bd203-539a-455c-ae00-8e12003ac7e6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </fe0ef5c991474984808e916215c66092>
+    <OGMEntityCode xmlns="198ab789-f0c7-49ac-93fb-3a8431555332" xsi:nil="true"/>
+    <Entity xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <EYIOtherClassification xmlns="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xsi:nil="true"/>
+    <CopiedBy xmlns="35818088-e62d-4edf-bbb6-409430aef268">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </CopiedBy>
+    <DocumentSignificance xmlns="8963624f-e261-401d-b741-31e703acb2d2" xsi:nil="true"/>
+    <OGMUniqueDeliverableID xmlns="198ab789-f0c7-49ac-93fb-3a8431555332" xsi:nil="true"/>
+    <TaxQuarter xmlns="35818088-e62d-4edf-bbb6-409430aef268">N/A</TaxQuarter>
+    <CopyAudit xmlns="35818088-e62d-4edf-bbb6-409430aef268">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </CopyAudit>
+    <CopyDocID xmlns="4f287a07-1cdd-40b9-8719-d7ca1fc828d3" xsi:nil="true"/>
+    <CopiedOn xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <TaxMonth xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <ReadyForEy xmlns="a3956e2b-dcec-4b87-94bf-cae81082b9c4" xsi:nil="true"/>
+    <EngagementName xmlns="35818088-e62d-4edf-bbb6-409430aef268">abrdn_Tax Compliance_2025</EngagementName>
+    <i30a3f0cbe9246d398b542fccc386778 xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Global Compliance and Reporting</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">35c34da8-327a-4881-b8d1-6bda7e039f7f</TermId>
+        </TermInfo>
+      </Terms>
+    </i30a3f0cbe9246d398b542fccc386778>
+    <EngagementNumber xmlns="35818088-e62d-4edf-bbb6-409430aef268">E-69014228</EngagementNumber>
+    <WorkProduct xmlns="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xsi:nil="true"/>
+    <DeliverableName xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Importedfrom xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <ClientName xmlns="35818088-e62d-4edf-bbb6-409430aef268">Aberdeen Standard Investments, Inc.</ClientName>
+    <DocumentStatus xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <Owner xmlns="35818088-e62d-4edf-bbb6-409430aef268">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <TaxCatchAll xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Value>2</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <ClientNumber xmlns="35818088-e62d-4edf-bbb6-409430aef268">12102228</ClientNumber>
+    <GearLink xmlns="dfe04167-7bf6-4262-921c-212a7ca9f51c">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </GearLink>
+    <OGMEngagement xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Knowledge xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Knowledge>
+    <i30a3f0cbe9246d398b542fccc396778 xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">United States</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">092fbe52-b086-4a73-953b-5c57a118da03</TermId>
+        </TermInfo>
+      </Terms>
+    </i30a3f0cbe9246d398b542fccc396778>
+    <OGMPeriod xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Obsolete xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Obsolete>
+    <OGMFrequency xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <AdditionalAttribute xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <TDMDocumentType xmlns="35818088-e62d-4edf-bbb6-409430aef268">Workpaper</TDMDocumentType>
+    <Sourcemetadata xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="My Docs Document" ma:contentTypeID="0x01010070B8EBA165E1244282FA93047E839D470200C0E11755B97DED4D86EB951443AFD65A" ma:contentTypeVersion="20" ma:contentTypeDescription="Document content type for EY Interact My Documents" ma:contentTypeScope="" ma:versionID="0f8e96c3c3168fd53e3bf8715f7ebae2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="438a2b16-93c2-4690-ac50-9d6f308847d4" xmlns:ns3="35818088-e62d-4edf-bbb6-409430aef268" xmlns:ns5="4f287a07-1cdd-40b9-8719-d7ca1fc828d3" xmlns:ns6="dfe04167-7bf6-4262-921c-212a7ca9f51c" xmlns:ns7="8963624f-e261-401d-b741-31e703acb2d2" xmlns:ns8="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xmlns:ns9="b370de82-f748-4b43-9867-7b96772bed3a" xmlns:ns10="198ab789-f0c7-49ac-93fb-3a8431555332" xmlns:ns11="b77bd203-539a-455c-ae00-8e12003ac7e6" xmlns:ns12="a3956e2b-dcec-4b87-94bf-cae81082b9c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5f211ac4ce96deb4fa061c262277109f" ns2:_="" ns3:_="" ns5:_="" ns6:_="" ns7:_="" ns8:_="" ns9:_="" ns10:_="" ns11:_="" ns12:_="">
+    <xsd:import namespace="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
     <xsd:import namespace="35818088-e62d-4edf-bbb6-409430aef268"/>
     <xsd:import namespace="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
     <xsd:import namespace="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
     <xsd:import namespace="8963624f-e261-401d-b741-31e703acb2d2"/>
-    <xsd:import namespace="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
-[...1 lines deleted...]
-    <xsd:import namespace="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <xsd:import namespace="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <xsd:import namespace="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <xsd:import namespace="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <xsd:import namespace="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
     <xsd:import namespace="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Sourcemetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:Importedfrom" minOccurs="0"/>
                 <xsd:element ref="ns3:ClientName" minOccurs="0"/>
                 <xsd:element ref="ns3:ClientNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:EngagementName" minOccurs="0"/>
                 <xsd:element ref="ns3:EngagementNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:TDMDocumentType" minOccurs="0"/>
                 <xsd:element ref="ns3:DocumentStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Owner" minOccurs="0"/>
                 <xsd:element ref="ns3:AdditionalAttribute" minOccurs="0"/>
                 <xsd:element ref="ns3:Entity" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxYear" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxQuarter" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxMonth" minOccurs="0"/>
                 <xsd:element ref="ns3:Knowledge" minOccurs="0"/>
                 <xsd:element ref="ns3:Obsolete" minOccurs="0"/>
                 <xsd:element ref="ns5:CopyDocID" minOccurs="0"/>
                 <xsd:element ref="ns3:CopiedBy" minOccurs="0"/>
                 <xsd:element ref="ns3:CopyAudit" minOccurs="0"/>
                 <xsd:element ref="ns3:CopiedOn" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns6:GearLink" minOccurs="0"/>
                 <xsd:element ref="ns2:i30a3f0cbe9246d398b542fccc396778" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:i30a3f0cbe9246d398b542fccc386778" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns7:DocumentSignificance" minOccurs="0"/>
+                <xsd:element ref="ns8:EYIOtherClassification" minOccurs="0"/>
                 <xsd:element ref="ns8:WorkProduct" minOccurs="0"/>
-                <xsd:element ref="ns8:EYIOtherClassification" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns10:OGMEngagement" minOccurs="0"/>
+                <xsd:element ref="ns9:DeliverableName" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMPeriod" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMFrequency" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMEngagement" minOccurs="0"/>
+                <xsd:element ref="ns11:fe0ef5c991474984808e916215c66092" minOccurs="0"/>
                 <xsd:element ref="ns10:OGMUniqueDeliverableID" minOccurs="0"/>
                 <xsd:element ref="ns10:OGMEntityCode" minOccurs="0"/>
-                <xsd:element ref="ns11:ReadyForEy" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns9:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns12:ReadyForEy" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="67cda108-cd43-4e8c-95f8-608da92302cd" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="438a2b16-93c2-4690-ac50-9d6f308847d4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="31" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="32" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="33" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="i30a3f0cbe9246d398b542fccc396778" ma:index="35" nillable="true" ma:taxonomy="true" ma:internalName="i30a3f0cbe9246d398b542fccc396778" ma:taxonomyFieldName="Jurisdiction" ma:displayName="Jurisdiction" ma:default="1;#United States|092fbe52-b086-4a73-953b-5c57a118da03" ma:fieldId="{230a3f0c-be92-46d3-98b5-42fccc396778}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="91e411c8-edf9-4b39-89d8-981dff42e96f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="36" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{bc7e6531-16cd-456e-ab90-dd52c69bceec}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <xsd:element name="TaxCatchAll" ma:index="36" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{ecb8530a-645d-4f69-9ac9-30f57ed26593}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="i30a3f0cbe9246d398b542fccc386778" ma:index="37" nillable="true" ma:taxonomy="true" ma:internalName="i30a3f0cbe9246d398b542fccc386778" ma:taxonomyFieldName="TaxServiceLine" ma:displayName="Tax Sub-Service Line" ma:default="2;#Global Compliance and Reporting|35c34da8-327a-4881-b8d1-6bda7e039f7f" ma:fieldId="{230a3f0c-be92-46d3-98b5-42fccc386778}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="a8762f95-c31d-4b56-ae22-8b5b51a40df2" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAllLabel" ma:index="38" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{bc7e6531-16cd-456e-ab90-dd52c69bceec}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <xsd:element name="TaxCatchAllLabel" ma:index="38" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{ecb8530a-645d-4f69-9ac9-30f57ed26593}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35818088-e62d-4edf-bbb6-409430aef268" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Sourcemetadata" ma:index="2" nillable="true" ma:displayName="Source metadata" ma:hidden="true" ma:internalName="Sourcemetadata" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Importedfrom" ma:index="3" nillable="true" ma:displayName="Imported From" ma:hidden="true" ma:internalName="Importedfrom" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="ClientName" ma:index="4" nillable="true" ma:displayName="Client Name" ma:default="Aberdeen Standard Investments, Inc." ma:hidden="true" ma:internalName="ClientName" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="ClientNumber" ma:index="5" nillable="true" ma:displayName="Client Number" ma:default="12102228" ma:hidden="true" ma:internalName="ClientNumber" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EngagementName" ma:index="6" nillable="true" ma:displayName="Engagement Name" ma:default="abrdn_Tax Compliance_2024" ma:hidden="true" ma:internalName="EngagementName" ma:readOnly="false">
+    <xsd:element name="EngagementName" ma:index="6" nillable="true" ma:displayName="Engagement Name" ma:default="abrdn_Tax Compliance_2025" ma:hidden="true" ma:internalName="EngagementName" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EngagementNumber" ma:index="7" nillable="true" ma:displayName="Engagement Number" ma:default="E-68192328" ma:hidden="true" ma:internalName="EngagementNumber" ma:readOnly="false">
+    <xsd:element name="EngagementNumber" ma:index="7" nillable="true" ma:displayName="Engagement Number" ma:default="E-69014228" ma:hidden="true" ma:internalName="EngagementNumber" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TDMDocumentType" ma:index="15" nillable="true" ma:displayName="Document Type" ma:default="Workpaper" ma:format="Dropdown" ma:indexed="true" ma:internalName="TDMDocumentType">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Correspondence"/>
           <xsd:enumeration value="Engagement Management"/>
           <xsd:enumeration value="Financial Management"/>
           <xsd:enumeration value="Workpaper"/>
           <xsd:enumeration value="Deliverable"/>
           <xsd:enumeration value="Internal Review/Consult"/>
           <xsd:enumeration value="Statement of Work"/>
           <xsd:enumeration value="Master Agreement"/>
           <xsd:enumeration value="Memorandum of Understanding"/>
           <xsd:enumeration value="Documents"/>
           <xsd:enumeration value="Administration"/>
           <xsd:enumeration value="Law Notes"/>
           <xsd:enumeration value="Client Source Data"/>
           <xsd:enumeration value="Power of Attorney"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="DocumentStatus" ma:index="16" nillable="true" ma:displayName="Document Status" ma:format="Dropdown" ma:internalName="DocumentStatus">
@@ -3952,51 +4071,51 @@
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="AdditionalAttribute" ma:index="18" nillable="true" ma:displayName="Additional Attribute" ma:internalName="AdditionalAttribute">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Entity" ma:index="19" nillable="true" ma:displayName="Entity" ma:internalName="Entity">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxYear" ma:index="20" nillable="true" ma:displayName="Tax Year" ma:default="2024" ma:format="Dropdown" ma:indexed="true" ma:internalName="TaxYear">
+    <xsd:element name="TaxYear" ma:index="20" nillable="true" ma:displayName="Tax Year" ma:default="N/A" ma:format="Dropdown" ma:indexed="true" ma:internalName="TaxYear">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="N/A"/>
           <xsd:enumeration value="1965"/>
           <xsd:enumeration value="1966"/>
           <xsd:enumeration value="1967"/>
           <xsd:enumeration value="1968"/>
           <xsd:enumeration value="1969"/>
           <xsd:enumeration value="1970"/>
           <xsd:enumeration value="1971"/>
           <xsd:enumeration value="1972"/>
           <xsd:enumeration value="1973"/>
           <xsd:enumeration value="1974"/>
           <xsd:enumeration value="1975"/>
           <xsd:enumeration value="1976"/>
           <xsd:enumeration value="1977"/>
           <xsd:enumeration value="1978"/>
           <xsd:enumeration value="1979"/>
           <xsd:enumeration value="1980"/>
           <xsd:enumeration value="1981"/>
           <xsd:enumeration value="1982"/>
           <xsd:enumeration value="1983"/>
           <xsd:enumeration value="1984"/>
           <xsd:enumeration value="1985"/>
           <xsd:enumeration value="1986"/>
@@ -4182,110 +4301,79 @@
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="GearLink" ma:index="34" nillable="true" ma:displayName="Gear Link" ma:format="Hyperlink" ma:hidden="true" ma:internalName="GearLink" ma:readOnly="false">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8963624f-e261-401d-b741-31e703acb2d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="DocumentSignificance" ma:index="39" nillable="true" ma:displayName="Document Significance" ma:internalName="DocumentSignificance">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6653040d-ffed-4e4b-aec5-8324f76c2f8e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="WorkProduct" ma:index="40" nillable="true" ma:displayName="Work Product" ma:internalName="WorkProduct">
+    <xsd:element name="EYIOtherClassification" ma:index="40" nillable="true" ma:displayName="Other Classification" ma:internalName="EYIOtherClassification">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EYIOtherClassification" ma:index="41" nillable="true" ma:displayName="Other Classification" ma:internalName="EYIOtherClassification">
+    <xsd:element name="WorkProduct" ma:index="41" nillable="true" ma:displayName="Work Product" ma:internalName="WorkProduct">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae79d445-f7c9-4cd8-b22f-4ace40df346a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b370de82-f748-4b43-9867-7b96772bed3a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="mfeb29cc29824216aa36693a3ca523bf" ma:index="43" nillable="true" ma:taxonomy="true" ma:internalName="mfeb29cc29824216aa36693a3ca523bf" ma:taxonomyFieldName="EYIGCRProcessStep" ma:displayName="GCR Process Step" ma:default="" ma:fieldId="{6feb29cc-2982-4216-aa36-693a3ca523bf}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="bef3c4ae-dd30-4a1d-aa3f-ccf9b145de1d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
-[...30 lines deleted...]
-    <xsd:element name="DeliverableName" ma:index="44" nillable="true" ma:displayName="Deliverable Name" ma:internalName="DeliverableName">
+    <xsd:element name="DeliverableName" ma:index="42" nillable="true" ma:displayName="Deliverable Name" ma:internalName="DeliverableName">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMPeriod" ma:index="45" nillable="true" ma:displayName="OGM Period" ma:format="Dropdown" ma:internalName="OGMPeriod">
+    <xsd:element name="OGMPeriod" ma:index="43" nillable="true" ma:displayName="OGM Period" ma:format="Dropdown" ma:internalName="OGMPeriod">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Bi-Annum 1"/>
           <xsd:enumeration value="Bi-Annum 2"/>
           <xsd:enumeration value="Jan - Feb"/>
           <xsd:enumeration value="Feb - Mar"/>
           <xsd:enumeration value="Mar - Apr"/>
           <xsd:enumeration value="Apr - May"/>
           <xsd:enumeration value="May - Jun"/>
           <xsd:enumeration value="Jun - Jul"/>
           <xsd:enumeration value="Jul - Aug"/>
           <xsd:enumeration value="Aug - Sep"/>
           <xsd:enumeration value="Sep - Oct"/>
           <xsd:enumeration value="Oct - Nov"/>
           <xsd:enumeration value="Nov - Dec"/>
           <xsd:enumeration value="Dec - Jan"/>
           <xsd:enumeration value="Fortnight 1"/>
           <xsd:enumeration value="Fortnight 2"/>
           <xsd:enumeration value="January"/>
           <xsd:enumeration value="February"/>
           <xsd:enumeration value="March"/>
           <xsd:enumeration value="April"/>
           <xsd:enumeration value="May"/>
           <xsd:enumeration value="June"/>
           <xsd:enumeration value="July"/>
@@ -4293,92 +4381,105 @@
           <xsd:enumeration value="September"/>
           <xsd:enumeration value="October"/>
           <xsd:enumeration value="November"/>
           <xsd:enumeration value="December"/>
           <xsd:enumeration value="1"/>
           <xsd:enumeration value="2"/>
           <xsd:enumeration value="3"/>
           <xsd:enumeration value="4"/>
           <xsd:enumeration value="5"/>
           <xsd:enumeration value="6"/>
           <xsd:enumeration value="7"/>
           <xsd:enumeration value="8"/>
           <xsd:enumeration value="9"/>
           <xsd:enumeration value="10"/>
           <xsd:enumeration value="11"/>
           <xsd:enumeration value="12"/>
           <xsd:enumeration value="Q1"/>
           <xsd:enumeration value="Q2"/>
           <xsd:enumeration value="Q3"/>
           <xsd:enumeration value="Q4"/>
           <xsd:enumeration value="Week 1"/>
           <xsd:enumeration value="Week 2"/>
           <xsd:enumeration value="Week 3"/>
           <xsd:enumeration value="Week 4"/>
           <xsd:enumeration value="Week 5"/>
-          <xsd:enumeration value="Ad hoc"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMFrequency" ma:index="46" nillable="true" ma:displayName="OGM Frequency" ma:format="Dropdown" ma:internalName="OGMFrequency">
+    <xsd:element name="OGMFrequency" ma:index="44" nillable="true" ma:displayName="OGM Frequency" ma:format="Dropdown" ma:internalName="OGMFrequency">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Annual"/>
           <xsd:enumeration value="Bi-Annual"/>
           <xsd:enumeration value="Bi-Monthly"/>
           <xsd:enumeration value="Fortnight"/>
           <xsd:enumeration value="Interim"/>
           <xsd:enumeration value="Monthly"/>
           <xsd:enumeration value="Other"/>
           <xsd:enumeration value="Period"/>
           <xsd:enumeration value="Quarterly"/>
           <xsd:enumeration value="Short Year"/>
           <xsd:enumeration value="Weekly"/>
-          <xsd:enumeration value="Ad hoc"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMEngagement" ma:index="47" nillable="true" ma:displayName="OGM Engagement" ma:internalName="OGMEngagement">
+    <xsd:element name="OGMEngagement" ma:index="45" nillable="true" ma:displayName="OGM Engagement" ma:internalName="OGMEngagement">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="198ab789-f0c7-49ac-93fb-3a8431555332" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="OGMUniqueDeliverableID" ma:index="48" nillable="true" ma:displayName="OGMUniqueDeliverableID" ma:internalName="OGMUniqueDeliverableID">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="OGMEntityCode" ma:index="49" nillable="true" ma:displayName="OGMEntityCode" ma:internalName="OGMEntityCode">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b77bd203-539a-455c-ae00-8e12003ac7e6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="fe0ef5c991474984808e916215c66092" ma:index="47" nillable="true" ma:taxonomy="true" ma:internalName="fe0ef5c991474984808e916215c66092" ma:taxonomyFieldName="EYIGCRProcessStep" ma:displayName="GCR Process Step" ma:default="" ma:fieldId="{fe0ef5c9-9147-4984-808e-916215c66092}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="bef3c4ae-dd30-4a1d-aa3f-ccf9b145de1d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a3956e2b-dcec-4b87-94bf-cae81082b9c4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReadyForEy" ma:index="50" nillable="true" ma:displayName="Ready For EY" ma:internalName="ReadyForEy">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
@@ -4447,317 +4548,179 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F7DB279-7BD1-4CCE-A2A1-53EB7A666A6C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <ds:schemaRef ds:uri="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
+    <ds:schemaRef ds:uri="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
+    <ds:schemaRef ds:uri="35818088-e62d-4edf-bbb6-409430aef268"/>
+    <ds:schemaRef ds:uri="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
+    <ds:schemaRef ds:uri="8963624f-e261-401d-b741-31e703acb2d2"/>
+    <ds:schemaRef ds:uri="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8527806C-9064-4687-9264-24CD70E5375F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...80 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B5951CE-1B97-419B-8A7A-BC89D0ADBA58}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4B3E344-BA5F-4429-9A65-B6875167DF60}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BBF8472-7B4D-4C16-8133-971E45D0D091}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="67cda108-cd43-4e8c-95f8-608da92302cd"/>
+    <ds:schemaRef ds:uri="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
     <ds:schemaRef ds:uri="35818088-e62d-4edf-bbb6-409430aef268"/>
     <ds:schemaRef ds:uri="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
     <ds:schemaRef ds:uri="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
     <ds:schemaRef ds:uri="8963624f-e261-401d-b741-31e703acb2d2"/>
-    <ds:schemaRef ds:uri="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <ds:schemaRef ds:uri="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <ds:schemaRef ds:uri="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <ds:schemaRef ds:uri="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <ds:schemaRef ds:uri="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
     <ds:schemaRef ds:uri="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...38 lines deleted...]
-    <ds:schemaRef ds:uri="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Secondary Layout</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EY</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yan Ting Lau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010070B8EBA165E1244282FA93047E839D47020055E57DDD6CB1BD46A52EA9007CDB0AA0</vt:lpwstr>
+    <vt:lpwstr>0x01010070B8EBA165E1244282FA93047E839D470200C0E11755B97DED4D86EB951443AFD65A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Jurisdiction">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>a30be896-7a4d-4afc-b939-004d12229327</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Jurisdiction">
     <vt:lpwstr>1;#United States|092fbe52-b086-4a73-953b-5c57a118da03</vt:lpwstr>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr>4e38e456-bc6e-4381-85d3-177e9acae7a7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxServiceLine">
     <vt:lpwstr>2;#Global Compliance and Reporting|35c34da8-327a-4881-b8d1-6bda7e039f7f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EYIGCRProcessStep">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
+    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
+    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SetDate">
-    <vt:lpwstr>2025-02-07T19:17:39Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SetDate">
+    <vt:lpwstr>2026-02-09T18:17:40Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SiteId">
     <vt:lpwstr>27b2553d-4a89-4c74-88e1-d1d590624294</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ActionId">
-    <vt:lpwstr>d5a04f28-58d0-435c-a849-4f716d3c63fa</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ActionId">
+    <vt:lpwstr>f52e2519-5231-48cf-911e-e33a3e04ff62</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
-[...3 lines deleted...]
-    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>