--- v0 (2025-10-11)
+++ v1 (2026-02-09)
@@ -2,134 +2,134 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Funds\Investor Services\Year End\ICI\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aberdeenassetus-my.sharepoint.com/personal/matt_welsh_aberdeenplc_com/Documents/Desktop/IS Templates &amp; Docs Matt/Press Releases/January 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{31A54E1F-ADC5-4A12-82BC-50E2E22D077E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="toZPN9IE1neEFf5AFW01C/jbS0K3gGR6UxvIZhD0j47/TcaRXipA/iziBVVsvnxtSI3uD1k36x3dbAJSUor6Ag==" workbookSaltValue="LU6bAf1G0amPoW/3zFaeUw==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="8_{98CAC156-0EB1-4EFB-8BE6-9543415000FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1EC1BA2-836E-4139-A59D-630B16B1C4D2}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="HuJGsjwDNou9BjT8Nd98L6vjaeNGHHvNZRC2GW9VSep+83UlYMJSswdYoMENR5cbq1D/AHJmH3KCq5/nWiNk7Q==" workbookSaltValue="aCTa61KFl7VGnozQKBSKpg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3B2B288F-A775-4A3D-A8ED-E8B27A8B8883}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{945BBEB5-A36C-4453-8E19-9EDA5DF68B53}"/>
   </bookViews>
   <sheets>
     <sheet name="Secondary Layout" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2260" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2088" uniqueCount="230">
   <si>
     <t>Secondary Layout Report Date:</t>
   </si>
   <si>
-    <t>TARGET DELIVERY DATE: JANUARY 28, 2025</t>
+    <t>TARGET DELIVERY DATE: JANUARY 27, 2026</t>
   </si>
   <si>
     <t>This spreadsheet and the accompanying instructions do not constitute, and should not be considered a substitute for, legal advice. The rules governing the proper tax characterization of distributions by mutual funds can be complex. Each fund should consult its own tax advisor regarding the proper tax characterization and reporting of the fund's distributions.</t>
   </si>
   <si>
     <t>Note: no requirement to skip rows between entries or list in CUSIP order. Amounts expressed as an annual percentage with six (6) digits after the decimal point.</t>
   </si>
   <si>
     <t>Optional</t>
   </si>
   <si>
     <t>Guam</t>
   </si>
   <si>
-    <t>Northern Mariana Islands</t>
+    <t>Northern Mariana Islands (QC) or American Samoa (AS)</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
-    <t>American Samoa or Other</t>
+    <t>Other</t>
   </si>
   <si>
     <t>DIRECT FEDERAL OBLIGATIONS (Optional)</t>
   </si>
   <si>
     <t>INDIRECT FEDERAL OBLIGATIONS (optional)</t>
   </si>
   <si>
     <t>Security Description (Fund and Class)</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Ticker Symbol</t>
   </si>
   <si>
-    <t>Extended (X) Estimated (E) or Corrected (C)</t>
+    <t>Extended (X) Estimated (E) Corrected (C) or Reclass (R)</t>
   </si>
   <si>
     <t>Creditable Tax Reportable on IRS Form 8912</t>
   </si>
   <si>
     <t>Foreign Source Income: % of Box 1a, Col. 17 on Primary Layout</t>
   </si>
   <si>
     <t>Foreign Source Income (% of Primary Layout Box 1a, Col 17) as adjusted for IRC 904(b)(2)(B) type limitation for foreign QDI</t>
   </si>
   <si>
     <t>Foreign Qualified Dividend Income: % of Box 1a, Col. 17 on Primary Layout</t>
   </si>
   <si>
     <t>Threshold Requirements For Passthrough of Interest from Federal Obligations Not Satisfied (Indicate by State)</t>
   </si>
   <si>
     <t>Threshold Requirements For State and Local Exempt Interest Dividends Not Satisfied (Indicate by State)</t>
   </si>
   <si>
     <t>% of Income From Federal Securities: % of Box 1a, Col. 17 on Primary Layout</t>
   </si>
   <si>
     <t>% of Taxable Distribution Eligible for the Dividend Received Deduction</t>
   </si>
@@ -220,51 +220,51 @@
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>NJ</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>ND</t>
   </si>
   <si>
-    <t>CQ</t>
+    <t>(CQ)(AS)</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>OK</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>SD</t>
   </si>
@@ -277,552 +277,555 @@
   <si>
     <t>VQ</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>WV</t>
   </si>
   <si>
     <t>WI</t>
   </si>
   <si>
     <t>WY</t>
   </si>
   <si>
-    <t>AS or Other</t>
-[...1 lines deleted...]
-  <si>
     <t>U.S. Treasury</t>
   </si>
   <si>
     <t>Federal Farm Credit Banks</t>
   </si>
   <si>
     <t>Federal Home Loan Banks</t>
   </si>
   <si>
     <t>Student Loan Marketing Association</t>
   </si>
   <si>
     <t>Tennessee Valley Authority</t>
   </si>
   <si>
     <t>Other Direct Federal Obligations</t>
   </si>
   <si>
     <t>GNMA</t>
   </si>
   <si>
     <t>FNMA</t>
   </si>
   <si>
     <t>Federal Home Loan Mortgage Corp</t>
   </si>
   <si>
     <t>Other Indirect Federal Obligations</t>
   </si>
   <si>
     <t>Repurchase Agreements Income</t>
   </si>
   <si>
     <t>[Reserved for Future Use]</t>
   </si>
   <si>
     <t>Supplemental Information Statement</t>
   </si>
   <si>
     <t>Section 163(j) Interest Dividends*</t>
   </si>
   <si>
     <t>ABRDN CHINA A SHARES EQUITY FUND</t>
   </si>
   <si>
+    <t>003019502</t>
+  </si>
+  <si>
+    <t>GOPIX</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>ABRDN EMERGING MARKETS EX-CHINA FUND</t>
+  </si>
+  <si>
+    <t>003020252</t>
+  </si>
+  <si>
+    <t>GLLSX</t>
+  </si>
+  <si>
+    <t>003020260</t>
+  </si>
+  <si>
+    <t>GWLIX</t>
+  </si>
+  <si>
+    <t>003020278</t>
+  </si>
+  <si>
+    <t>GWLRX</t>
+  </si>
+  <si>
+    <t>003020286</t>
+  </si>
+  <si>
+    <t>GLLCX</t>
+  </si>
+  <si>
+    <t>003020310</t>
+  </si>
+  <si>
+    <t>GLLAX</t>
+  </si>
+  <si>
+    <t>ABRDN EMERGING MARKETS FUND</t>
+  </si>
+  <si>
+    <t>003021235</t>
+  </si>
+  <si>
+    <t>GEMRX</t>
+  </si>
+  <si>
+    <t>003021243</t>
+  </si>
+  <si>
+    <t>GEGCX</t>
+  </si>
+  <si>
+    <t>003021250</t>
+  </si>
+  <si>
+    <t>GEGAX</t>
+  </si>
+  <si>
+    <t>ABRDN U.S. SUSTAINABLE LEADERS FUND</t>
+  </si>
+  <si>
+    <t>003021375</t>
+  </si>
+  <si>
+    <t>GXXIX</t>
+  </si>
+  <si>
+    <t>003021383</t>
+  </si>
+  <si>
+    <t>GGLIX</t>
+  </si>
+  <si>
+    <t>003021425</t>
+  </si>
+  <si>
+    <t>GXXAX</t>
+  </si>
+  <si>
+    <t>003021656</t>
+  </si>
+  <si>
+    <t>AEMSX</t>
+  </si>
+  <si>
+    <t>003021714</t>
+  </si>
+  <si>
+    <t>ABEMX</t>
+  </si>
+  <si>
+    <t>ABRDN INFRASTRUCTURE DEBT FUND</t>
+  </si>
+  <si>
+    <t>003021722</t>
+  </si>
+  <si>
+    <t>CGFIX</t>
+  </si>
+  <si>
+    <t>003021730</t>
+  </si>
+  <si>
+    <t>AGCIX</t>
+  </si>
+  <si>
+    <t>003021755</t>
+  </si>
+  <si>
+    <t>CUGAX</t>
+  </si>
+  <si>
+    <t>ABRDN SHORT DURATION HIGH YIELD MUNICIPAL FUND</t>
+  </si>
+  <si>
+    <t>003022282</t>
+  </si>
+  <si>
+    <t>ACHMX</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>ABRDN INTERMEDIATE MUNICIPAL INCOME FUND</t>
+  </si>
+  <si>
+    <t>003022308</t>
+  </si>
+  <si>
+    <t>ABESX</t>
+  </si>
+  <si>
+    <t>003020161</t>
+  </si>
+  <si>
+    <t>NTFAX</t>
+  </si>
+  <si>
+    <t>003022209</t>
+  </si>
+  <si>
+    <t>ABEIX</t>
+  </si>
+  <si>
+    <t>ABRDN ULTRA SHORT MUNICIPAL INCOME FUND</t>
+  </si>
+  <si>
+    <t>003022290</t>
+  </si>
+  <si>
+    <t>ATOBX</t>
+  </si>
+  <si>
+    <t>003022316</t>
+  </si>
+  <si>
+    <t>ATOAX</t>
+  </si>
+  <si>
+    <t>003022324</t>
+  </si>
+  <si>
+    <t>ATOIX</t>
+  </si>
+  <si>
+    <t>003022332</t>
+  </si>
+  <si>
+    <t>AAHMX</t>
+  </si>
+  <si>
+    <t>003022340</t>
+  </si>
+  <si>
+    <t>AHYMX</t>
+  </si>
+  <si>
+    <t>ABRDN REAL ESTATE FUND</t>
+  </si>
+  <si>
+    <t>003022357</t>
+  </si>
+  <si>
+    <t>AIAGX</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>003022365</t>
+  </si>
+  <si>
+    <t>AIGYX</t>
+  </si>
+  <si>
+    <t>ABRDN GLOBAL INFRASTRUCTURE FUND</t>
+  </si>
+  <si>
+    <t>003022399</t>
+  </si>
+  <si>
+    <t>AIAFX</t>
+  </si>
+  <si>
+    <t>003022415</t>
+  </si>
+  <si>
+    <t>AIFRX</t>
+  </si>
+  <si>
+    <t>ABRDN DYNAMIC DIVIDEND FUND</t>
+  </si>
+  <si>
+    <t>003022423</t>
+  </si>
+  <si>
+    <t>ADAVX</t>
+  </si>
+  <si>
+    <t>003022431</t>
+  </si>
+  <si>
+    <t>ADVDX</t>
+  </si>
+  <si>
+    <t>ABRDN EM SMA COMPLETION FUND</t>
+  </si>
+  <si>
+    <t>00384X103</t>
+  </si>
+  <si>
+    <t>ASEMX</t>
+  </si>
+  <si>
+    <t>ABRDN GLOBAL EQUITY IMPACT FUND</t>
+  </si>
+  <si>
+    <t>04315J837</t>
+  </si>
+  <si>
+    <t>JETIX</t>
+  </si>
+  <si>
+    <t>ABRDN HIGH INCOME OPPORTUNITIES FUND</t>
+  </si>
+  <si>
+    <t>04315J860</t>
+  </si>
+  <si>
+    <t>JHYIX</t>
+  </si>
+  <si>
+    <t>04315J878</t>
+  </si>
+  <si>
+    <t>BJBHX</t>
+  </si>
+  <si>
+    <t>ABRDN INTERNATIONAL SMALL CAP ACTIVE ETF</t>
+  </si>
+  <si>
+    <t>003022266</t>
+  </si>
+  <si>
+    <t>ASCI</t>
+  </si>
+  <si>
+    <t>ABRDN ULTRA SHORT MUNICIPAL INCOME ACTIVE ETF</t>
+  </si>
+  <si>
+    <t>003022274</t>
+  </si>
+  <si>
+    <t>AMUN</t>
+  </si>
+  <si>
+    <t>ABRDN FOCUSED U.S. SMALL CAP ACTIVE ETF</t>
+  </si>
+  <si>
+    <t>00384X202</t>
+  </si>
+  <si>
+    <t>AFSC</t>
+  </si>
+  <si>
+    <t>ABRDN EMERGING MARKETS DIVIDEND ACTIVE ETF</t>
+  </si>
+  <si>
+    <t>00384X301</t>
+  </si>
+  <si>
+    <t>AGEM</t>
+  </si>
+  <si>
+    <t>NON-DISTRIBUTING FUNDS:</t>
+  </si>
+  <si>
+    <t>ABRDN U.S. SMALL CAP EQUITY FUND</t>
+  </si>
+  <si>
+    <t>003020716</t>
+  </si>
+  <si>
+    <t>GSXAX</t>
+  </si>
+  <si>
+    <t>003020682</t>
+  </si>
+  <si>
+    <t>GSXCX</t>
+  </si>
+  <si>
+    <t>003020674</t>
+  </si>
+  <si>
+    <t>GNSRX</t>
+  </si>
+  <si>
+    <t>003020666</t>
+  </si>
+  <si>
+    <t>GSCIX</t>
+  </si>
+  <si>
+    <t>003020658</t>
+  </si>
+  <si>
+    <t>GSXIX</t>
+  </si>
+  <si>
     <t>003019106</t>
   </si>
   <si>
     <t>GOPAX</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>003019304</t>
   </si>
   <si>
     <t>GOPCX</t>
   </si>
   <si>
-    <t>ABRDN EMERGING MARKETS SUSTAINABLE LEADERS FUND</t>
-[...7 lines deleted...]
-  <si>
     <t>003019403</t>
   </si>
   <si>
     <t>GOPRX</t>
   </si>
   <si>
-    <t>003019502</t>
-[...4 lines deleted...]
-  <si>
     <t>003019601</t>
   </si>
   <si>
     <t>GOPSX</t>
   </si>
   <si>
-    <t>ABRDN INTERMEDIATE MUNICIPAL INCOME FUND</t>
-[...86 lines deleted...]
-    <t>CUGAX</t>
+    <t>ABRDN EMERGING MARKETS DIVIDEND FUND</t>
+  </si>
+  <si>
+    <t>04315J506</t>
+  </si>
+  <si>
+    <t>JIEIX</t>
+  </si>
+  <si>
+    <t>ABRDN FOCUSED U.S. SMALL CAP EQUITY FUND</t>
+  </si>
+  <si>
+    <t>003020336</t>
+  </si>
+  <si>
+    <t>GGUIX</t>
   </si>
   <si>
     <t>ABRDN INTERNATIONAL SMALL CAP FUND</t>
   </si>
   <si>
     <t>003021789</t>
   </si>
   <si>
     <t>ABNIX</t>
   </si>
   <si>
     <t>003021797</t>
   </si>
   <si>
     <t>CPVCX</t>
   </si>
   <si>
     <t>003021813</t>
   </si>
   <si>
     <t>WPVAX</t>
   </si>
   <si>
     <t>003021821</t>
   </si>
   <si>
     <t>WVCCX</t>
-  </si>
-[...238 lines deleted...]
-    <t>GXXIX</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">For informational purposes only. Past performance does not guarantee future results.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Investors should carefully consider a fund’s investment objectives, risks, fees, charges and expenses before investing any money. To obtain this and other fund information, please call 1-866-667-9231 to request a summary prospectus and/or prospectus, or download at www.abrdn.com. Please read the summary prospectus and/or prospectus carefully before investing any money.
+      <t xml:space="preserve">Investors should carefully consider a fund’s investment objectives, risks, fees, charges and expenses before investing any money. To obtain this and other fund information, please call 1-866-667-9231 to request a summary prospectus and/or prospectus, or download at www.aberdeeninvestments.com/en-us. Please read the summary prospectus and/or prospectus carefully before investing any money.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Investing in mutual funds involves risk, including possible loss of principal. There is no assurance that the investment objective of any fund will be achieved.
 abrdn Funds are distributed by Aberdeen Fund Distributors LLC, Member FINRA and SIPC. 1900 Market Street Suite 200, Philadelphia, PA 19103</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Palatino"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0000%"/>
     <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0.000000_);_(&quot;$&quot;* \(#,##0.000000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -831,57 +834,50 @@
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Palatino"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Palatino"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
@@ -1044,104 +1040,104 @@
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="57">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="5" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="6" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1151,78 +1147,69 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="6" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 7" xfId="3" xr:uid="{3DA54C98-9CDB-43D0-8B1F-3E4011698A96}"/>
+    <cellStyle name="Normal 7" xfId="3" xr:uid="{4EA3C042-CE76-4A21-A130-780605DE0902}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1514,150 +1501,154 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2F2F7E2-EBFD-4377-B3E9-398135665AC4}">
-  <dimension ref="A1:CD80"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F73E9F8D-AC99-4E50-9B8E-E466E208A8AF}">
+  <dimension ref="A1:CD78"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C1" sqref="C1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="63.42578125" customWidth="1"/>
+    <col min="1" max="1" width="47.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" customWidth="1"/>
-    <col min="4" max="4" width="9.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" customWidth="1"/>
     <col min="5" max="5" width="12.140625" customWidth="1"/>
     <col min="6" max="6" width="13.7109375" customWidth="1"/>
     <col min="7" max="7" width="22.5703125" customWidth="1"/>
     <col min="8" max="8" width="15.85546875" customWidth="1"/>
     <col min="9" max="9" width="22.7109375" customWidth="1"/>
     <col min="10" max="10" width="21.140625" customWidth="1"/>
     <col min="11" max="12" width="18.140625" customWidth="1"/>
     <col min="13" max="13" width="11.42578125" customWidth="1"/>
     <col min="14" max="14" width="11.7109375" customWidth="1"/>
     <col min="15" max="15" width="11" customWidth="1"/>
     <col min="16" max="16" width="10.42578125" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" customWidth="1"/>
     <col min="18" max="18" width="10.140625" customWidth="1"/>
     <col min="19" max="19" width="10" customWidth="1"/>
     <col min="20" max="20" width="11" customWidth="1"/>
     <col min="21" max="21" width="10.7109375" customWidth="1"/>
     <col min="22" max="23" width="10" customWidth="1"/>
     <col min="24" max="24" width="10.140625" customWidth="1"/>
     <col min="25" max="25" width="11" customWidth="1"/>
     <col min="26" max="26" width="12.140625" customWidth="1"/>
     <col min="27" max="27" width="11" customWidth="1"/>
     <col min="28" max="28" width="10.5703125" customWidth="1"/>
     <col min="29" max="29" width="11.140625" customWidth="1"/>
     <col min="30" max="30" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="10.85546875" customWidth="1"/>
     <col min="32" max="32" width="10.140625" customWidth="1"/>
     <col min="33" max="33" width="11.140625" customWidth="1"/>
     <col min="34" max="34" width="10.42578125" customWidth="1"/>
     <col min="35" max="35" width="11" customWidth="1"/>
     <col min="36" max="36" width="11.5703125" customWidth="1"/>
     <col min="37" max="43" width="10.5703125" customWidth="1"/>
     <col min="44" max="44" width="10.140625" customWidth="1"/>
     <col min="45" max="45" width="10.5703125" customWidth="1"/>
     <col min="46" max="46" width="11.28515625" customWidth="1"/>
-    <col min="47" max="51" width="10.5703125" customWidth="1"/>
+    <col min="47" max="48" width="10.5703125" customWidth="1"/>
+    <col min="49" max="49" width="17.5703125" customWidth="1"/>
+    <col min="50" max="51" width="10.5703125" customWidth="1"/>
     <col min="52" max="52" width="10.85546875" customWidth="1"/>
     <col min="53" max="53" width="10.42578125" customWidth="1"/>
     <col min="54" max="54" width="10.5703125" customWidth="1"/>
     <col min="55" max="55" width="10.85546875" customWidth="1"/>
     <col min="56" max="57" width="10.5703125" customWidth="1"/>
     <col min="58" max="58" width="10.7109375" customWidth="1"/>
     <col min="59" max="62" width="10.5703125" customWidth="1"/>
     <col min="63" max="64" width="10.42578125" customWidth="1"/>
     <col min="65" max="68" width="10.5703125" customWidth="1"/>
     <col min="69" max="79" width="14.7109375" customWidth="1"/>
     <col min="80" max="81" width="16" customWidth="1"/>
     <col min="82" max="82" width="13.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82" ht="18.75" thickBot="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3">
-        <v>45678.455011574071</v>
+        <v>46037.772414814812</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:82" ht="18">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="5"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="6"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
     </row>
     <row r="3" spans="1:82">
-      <c r="A3" s="54" t="s">
+      <c r="A3" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="54"/>
-[...6 lines deleted...]
-      <c r="I3" s="54"/>
+      <c r="B3" s="49"/>
+      <c r="C3" s="49"/>
+      <c r="D3" s="49"/>
+      <c r="E3" s="49"/>
+      <c r="F3" s="49"/>
+      <c r="G3" s="49"/>
+      <c r="H3" s="49"/>
+      <c r="I3" s="49"/>
       <c r="J3" s="7"/>
     </row>
     <row r="4" spans="1:82" ht="15.75">
       <c r="A4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
     </row>
     <row r="5" spans="1:82" ht="15.75">
       <c r="A5" s="9"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="N5" s="9"/>
       <c r="AC5" s="9"/>
       <c r="AR5" s="9"/>
     </row>
@@ -1911,51 +1902,51 @@
       <c r="BW8" s="11">
         <v>75</v>
       </c>
       <c r="BX8" s="11">
         <v>76</v>
       </c>
       <c r="BY8" s="11">
         <v>77</v>
       </c>
       <c r="BZ8" s="11">
         <v>78</v>
       </c>
       <c r="CA8" s="10">
         <v>79</v>
       </c>
       <c r="CB8" s="10">
         <v>80</v>
       </c>
       <c r="CC8" s="10">
         <v>81</v>
       </c>
       <c r="CD8" s="10">
         <v>82</v>
       </c>
     </row>
-    <row r="9" spans="1:82" ht="39">
+    <row r="9" spans="1:82" ht="60">
       <c r="A9" s="12"/>
       <c r="B9" s="12"/>
       <c r="C9" s="12"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="13"/>
       <c r="G9" s="14" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
       <c r="L9" s="15"/>
       <c r="M9" s="16"/>
       <c r="N9" s="16"/>
       <c r="O9" s="16"/>
       <c r="P9" s="16"/>
       <c r="Q9" s="16"/>
       <c r="R9" s="16"/>
       <c r="S9" s="16"/>
       <c r="T9" s="16"/>
       <c r="U9" s="16"/>
@@ -1966,66 +1957,66 @@
       </c>
       <c r="Y9" s="16"/>
       <c r="Z9" s="16"/>
       <c r="AA9" s="16"/>
       <c r="AB9" s="16"/>
       <c r="AC9" s="16"/>
       <c r="AD9" s="16"/>
       <c r="AE9" s="16"/>
       <c r="AF9" s="16"/>
       <c r="AG9" s="16"/>
       <c r="AH9" s="16"/>
       <c r="AI9" s="16"/>
       <c r="AJ9" s="16"/>
       <c r="AK9" s="16"/>
       <c r="AL9" s="16"/>
       <c r="AM9" s="16"/>
       <c r="AN9" s="16"/>
       <c r="AO9" s="16"/>
       <c r="AP9" s="16"/>
       <c r="AQ9" s="16"/>
       <c r="AR9" s="16"/>
       <c r="AS9" s="16"/>
       <c r="AT9" s="16"/>
       <c r="AU9" s="16"/>
       <c r="AV9" s="16"/>
-      <c r="AW9" s="18" t="s">
+      <c r="AW9" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="AX9" s="19"/>
-[...2 lines deleted...]
-      <c r="BA9" s="19"/>
+      <c r="AX9" s="18"/>
+      <c r="AY9" s="18"/>
+      <c r="AZ9" s="18"/>
+      <c r="BA9" s="18"/>
       <c r="BB9" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="BC9" s="19"/>
-[...4 lines deleted...]
-      <c r="BH9" s="18" t="s">
+      <c r="BC9" s="18"/>
+      <c r="BD9" s="18"/>
+      <c r="BE9" s="18"/>
+      <c r="BF9" s="18"/>
+      <c r="BG9" s="18"/>
+      <c r="BH9" s="19" t="s">
         <v>8</v>
       </c>
       <c r="BI9" s="16"/>
       <c r="BJ9" s="16"/>
       <c r="BK9" s="16"/>
       <c r="BL9" s="16"/>
       <c r="BM9" s="16"/>
       <c r="BN9" s="16"/>
       <c r="BO9" s="16"/>
       <c r="BP9" s="20" t="s">
         <v>9</v>
       </c>
       <c r="BQ9" s="21"/>
       <c r="BR9" s="22"/>
       <c r="BS9" s="23" t="s">
         <v>10</v>
       </c>
       <c r="BT9" s="24"/>
       <c r="BU9" s="24"/>
       <c r="BV9" s="25"/>
       <c r="BW9" s="26"/>
       <c r="BX9" s="27" t="s">
         <v>11</v>
       </c>
       <c r="BY9" s="28"/>
@@ -2062,62 +2053,62 @@
       <c r="X10" s="17"/>
       <c r="Y10" s="16"/>
       <c r="Z10" s="16"/>
       <c r="AA10" s="16"/>
       <c r="AB10" s="16"/>
       <c r="AC10" s="16"/>
       <c r="AD10" s="16"/>
       <c r="AE10" s="16"/>
       <c r="AF10" s="16"/>
       <c r="AG10" s="16"/>
       <c r="AH10" s="16"/>
       <c r="AI10" s="16"/>
       <c r="AJ10" s="16"/>
       <c r="AK10" s="16"/>
       <c r="AL10" s="16"/>
       <c r="AM10" s="16"/>
       <c r="AN10" s="16"/>
       <c r="AO10" s="16"/>
       <c r="AP10" s="16"/>
       <c r="AQ10" s="16"/>
       <c r="AR10" s="16"/>
       <c r="AS10" s="16"/>
       <c r="AT10" s="16"/>
       <c r="AU10" s="16"/>
       <c r="AV10" s="16"/>
-      <c r="AW10" s="18"/>
-[...3 lines deleted...]
-      <c r="BA10" s="19"/>
+      <c r="AW10" s="17"/>
+      <c r="AX10" s="18"/>
+      <c r="AY10" s="18"/>
+      <c r="AZ10" s="18"/>
+      <c r="BA10" s="18"/>
       <c r="BB10" s="17"/>
-      <c r="BC10" s="19"/>
-[...4 lines deleted...]
-      <c r="BH10" s="18"/>
+      <c r="BC10" s="18"/>
+      <c r="BD10" s="18"/>
+      <c r="BE10" s="18"/>
+      <c r="BF10" s="18"/>
+      <c r="BG10" s="18"/>
+      <c r="BH10" s="19"/>
       <c r="BI10" s="16"/>
       <c r="BJ10" s="16"/>
       <c r="BK10" s="16"/>
       <c r="BL10" s="16"/>
       <c r="BM10" s="16"/>
       <c r="BN10" s="16"/>
       <c r="BO10" s="16"/>
       <c r="BP10" s="16"/>
       <c r="BQ10" s="32"/>
       <c r="BR10" s="33"/>
       <c r="BS10" s="34"/>
       <c r="BT10" s="35"/>
       <c r="BU10" s="35"/>
       <c r="BV10" s="36"/>
       <c r="BW10" s="37"/>
       <c r="BX10" s="38"/>
       <c r="BY10" s="39"/>
       <c r="BZ10" s="40"/>
       <c r="CA10" s="30"/>
       <c r="CB10" s="30"/>
       <c r="CC10" s="31"/>
       <c r="CD10" s="15"/>
     </row>
     <row r="11" spans="1:82" hidden="1">
       <c r="A11" s="12"/>
@@ -2146,62 +2137,62 @@
       <c r="X11" s="17"/>
       <c r="Y11" s="16"/>
       <c r="Z11" s="16"/>
       <c r="AA11" s="16"/>
       <c r="AB11" s="16"/>
       <c r="AC11" s="16"/>
       <c r="AD11" s="16"/>
       <c r="AE11" s="16"/>
       <c r="AF11" s="16"/>
       <c r="AG11" s="16"/>
       <c r="AH11" s="16"/>
       <c r="AI11" s="16"/>
       <c r="AJ11" s="16"/>
       <c r="AK11" s="16"/>
       <c r="AL11" s="16"/>
       <c r="AM11" s="16"/>
       <c r="AN11" s="16"/>
       <c r="AO11" s="16"/>
       <c r="AP11" s="16"/>
       <c r="AQ11" s="16"/>
       <c r="AR11" s="16"/>
       <c r="AS11" s="16"/>
       <c r="AT11" s="16"/>
       <c r="AU11" s="16"/>
       <c r="AV11" s="16"/>
-      <c r="AW11" s="18"/>
-[...3 lines deleted...]
-      <c r="BA11" s="19"/>
+      <c r="AW11" s="17"/>
+      <c r="AX11" s="18"/>
+      <c r="AY11" s="18"/>
+      <c r="AZ11" s="18"/>
+      <c r="BA11" s="18"/>
       <c r="BB11" s="17"/>
-      <c r="BC11" s="19"/>
-[...4 lines deleted...]
-      <c r="BH11" s="18"/>
+      <c r="BC11" s="18"/>
+      <c r="BD11" s="18"/>
+      <c r="BE11" s="18"/>
+      <c r="BF11" s="18"/>
+      <c r="BG11" s="18"/>
+      <c r="BH11" s="19"/>
       <c r="BI11" s="16"/>
       <c r="BJ11" s="16"/>
       <c r="BK11" s="16"/>
       <c r="BL11" s="16"/>
       <c r="BM11" s="16"/>
       <c r="BN11" s="16"/>
       <c r="BO11" s="16"/>
       <c r="BP11" s="16"/>
       <c r="BQ11" s="32"/>
       <c r="BR11" s="33"/>
       <c r="BS11" s="34"/>
       <c r="BT11" s="35"/>
       <c r="BU11" s="35"/>
       <c r="BV11" s="36"/>
       <c r="BW11" s="37"/>
       <c r="BX11" s="38"/>
       <c r="BY11" s="39"/>
       <c r="BZ11" s="40"/>
       <c r="CA11" s="30"/>
       <c r="CB11" s="30"/>
       <c r="CC11" s="31"/>
       <c r="CD11" s="15"/>
     </row>
     <row r="12" spans="1:82" hidden="1">
       <c r="A12" s="12"/>
@@ -2230,62 +2221,62 @@
       <c r="X12" s="17"/>
       <c r="Y12" s="16"/>
       <c r="Z12" s="16"/>
       <c r="AA12" s="16"/>
       <c r="AB12" s="16"/>
       <c r="AC12" s="16"/>
       <c r="AD12" s="16"/>
       <c r="AE12" s="16"/>
       <c r="AF12" s="16"/>
       <c r="AG12" s="16"/>
       <c r="AH12" s="16"/>
       <c r="AI12" s="16"/>
       <c r="AJ12" s="16"/>
       <c r="AK12" s="16"/>
       <c r="AL12" s="16"/>
       <c r="AM12" s="16"/>
       <c r="AN12" s="16"/>
       <c r="AO12" s="16"/>
       <c r="AP12" s="16"/>
       <c r="AQ12" s="16"/>
       <c r="AR12" s="16"/>
       <c r="AS12" s="16"/>
       <c r="AT12" s="16"/>
       <c r="AU12" s="16"/>
       <c r="AV12" s="16"/>
-      <c r="AW12" s="18"/>
-[...3 lines deleted...]
-      <c r="BA12" s="19"/>
+      <c r="AW12" s="17"/>
+      <c r="AX12" s="18"/>
+      <c r="AY12" s="18"/>
+      <c r="AZ12" s="18"/>
+      <c r="BA12" s="18"/>
       <c r="BB12" s="17"/>
-      <c r="BC12" s="19"/>
-[...4 lines deleted...]
-      <c r="BH12" s="18"/>
+      <c r="BC12" s="18"/>
+      <c r="BD12" s="18"/>
+      <c r="BE12" s="18"/>
+      <c r="BF12" s="18"/>
+      <c r="BG12" s="18"/>
+      <c r="BH12" s="19"/>
       <c r="BI12" s="16"/>
       <c r="BJ12" s="16"/>
       <c r="BK12" s="16"/>
       <c r="BL12" s="16"/>
       <c r="BM12" s="16"/>
       <c r="BN12" s="16"/>
       <c r="BO12" s="16"/>
       <c r="BP12" s="16"/>
       <c r="BQ12" s="32"/>
       <c r="BR12" s="33"/>
       <c r="BS12" s="34"/>
       <c r="BT12" s="35"/>
       <c r="BU12" s="35"/>
       <c r="BV12" s="36"/>
       <c r="BW12" s="37"/>
       <c r="BX12" s="38"/>
       <c r="BY12" s="39"/>
       <c r="BZ12" s="40"/>
       <c r="CA12" s="30"/>
       <c r="CB12" s="30"/>
       <c r="CC12" s="31"/>
       <c r="CD12" s="15"/>
     </row>
     <row r="13" spans="1:82" hidden="1">
       <c r="A13" s="12"/>
@@ -2314,62 +2305,62 @@
       <c r="X13" s="17"/>
       <c r="Y13" s="16"/>
       <c r="Z13" s="16"/>
       <c r="AA13" s="16"/>
       <c r="AB13" s="16"/>
       <c r="AC13" s="16"/>
       <c r="AD13" s="16"/>
       <c r="AE13" s="16"/>
       <c r="AF13" s="16"/>
       <c r="AG13" s="16"/>
       <c r="AH13" s="16"/>
       <c r="AI13" s="16"/>
       <c r="AJ13" s="16"/>
       <c r="AK13" s="16"/>
       <c r="AL13" s="16"/>
       <c r="AM13" s="16"/>
       <c r="AN13" s="16"/>
       <c r="AO13" s="16"/>
       <c r="AP13" s="16"/>
       <c r="AQ13" s="16"/>
       <c r="AR13" s="16"/>
       <c r="AS13" s="16"/>
       <c r="AT13" s="16"/>
       <c r="AU13" s="16"/>
       <c r="AV13" s="16"/>
-      <c r="AW13" s="18"/>
-[...3 lines deleted...]
-      <c r="BA13" s="19"/>
+      <c r="AW13" s="17"/>
+      <c r="AX13" s="18"/>
+      <c r="AY13" s="18"/>
+      <c r="AZ13" s="18"/>
+      <c r="BA13" s="18"/>
       <c r="BB13" s="17"/>
-      <c r="BC13" s="19"/>
-[...4 lines deleted...]
-      <c r="BH13" s="18"/>
+      <c r="BC13" s="18"/>
+      <c r="BD13" s="18"/>
+      <c r="BE13" s="18"/>
+      <c r="BF13" s="18"/>
+      <c r="BG13" s="18"/>
+      <c r="BH13" s="19"/>
       <c r="BI13" s="16"/>
       <c r="BJ13" s="16"/>
       <c r="BK13" s="16"/>
       <c r="BL13" s="16"/>
       <c r="BM13" s="16"/>
       <c r="BN13" s="16"/>
       <c r="BO13" s="16"/>
       <c r="BP13" s="16"/>
       <c r="BQ13" s="32"/>
       <c r="BR13" s="33"/>
       <c r="BS13" s="34"/>
       <c r="BT13" s="35"/>
       <c r="BU13" s="35"/>
       <c r="BV13" s="36"/>
       <c r="BW13" s="37"/>
       <c r="BX13" s="38"/>
       <c r="BY13" s="39"/>
       <c r="BZ13" s="40"/>
       <c r="CA13" s="30"/>
       <c r="CB13" s="30"/>
       <c r="CC13" s="31"/>
       <c r="CD13" s="15"/>
     </row>
     <row r="14" spans="1:82" ht="77.25">
       <c r="A14" s="41" t="s">
@@ -2552,10469 +2543,11304 @@
       <c r="BH14" s="44" t="s">
         <v>71</v>
       </c>
       <c r="BI14" s="44" t="s">
         <v>72</v>
       </c>
       <c r="BJ14" s="44" t="s">
         <v>73</v>
       </c>
       <c r="BK14" s="44" t="s">
         <v>74</v>
       </c>
       <c r="BL14" s="44" t="s">
         <v>75</v>
       </c>
       <c r="BM14" s="44" t="s">
         <v>76</v>
       </c>
       <c r="BN14" s="44" t="s">
         <v>77</v>
       </c>
       <c r="BO14" s="44" t="s">
         <v>78</v>
       </c>
       <c r="BP14" s="44" t="s">
+        <v>9</v>
+      </c>
+      <c r="BQ14" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="BQ14" s="14" t="s">
+      <c r="BR14" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="BR14" s="14" t="s">
+      <c r="BS14" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="BS14" s="14" t="s">
+      <c r="BT14" s="14" t="s">
         <v>82</v>
       </c>
-      <c r="BT14" s="14" t="s">
+      <c r="BU14" s="14" t="s">
         <v>83</v>
       </c>
-      <c r="BU14" s="14" t="s">
+      <c r="BV14" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="BV14" s="14" t="s">
+      <c r="BW14" s="14" t="s">
         <v>85</v>
       </c>
-      <c r="BW14" s="14" t="s">
+      <c r="BX14" s="14" t="s">
         <v>86</v>
       </c>
-      <c r="BX14" s="14" t="s">
+      <c r="BY14" s="14" t="s">
         <v>87</v>
       </c>
-      <c r="BY14" s="14" t="s">
+      <c r="BZ14" s="14" t="s">
         <v>88</v>
       </c>
-      <c r="BZ14" s="14" t="s">
+      <c r="CA14" s="44" t="s">
         <v>89</v>
       </c>
-      <c r="CA14" s="44" t="s">
+      <c r="CB14" s="41" t="s">
         <v>90</v>
       </c>
-      <c r="CB14" s="41" t="s">
+      <c r="CC14" s="43" t="s">
         <v>91</v>
       </c>
-      <c r="CC14" s="43" t="s">
+      <c r="CD14" s="41" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:82">
-      <c r="A15" s="46" t="s">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
         <v>94</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>95</v>
       </c>
-      <c r="C15" s="46" t="s">
-[...6 lines deleted...]
-      <c r="F15" s="47">
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="F15" s="46">
         <v>1</v>
       </c>
-      <c r="G15" s="48"/>
-      <c r="H15" s="47">
+      <c r="G15" s="47"/>
+      <c r="H15" s="46">
         <v>1</v>
       </c>
-      <c r="I15" s="49"/>
-[...211 lines deleted...]
-        <v>4.82E-2</v>
+      <c r="I15" s="47"/>
+      <c r="J15" s="47"/>
+      <c r="K15" s="47">
+        <v>0</v>
+      </c>
+      <c r="L15" s="47">
+        <v>0</v>
+      </c>
+      <c r="M15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP15" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY15" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ15" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA15" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB15" s="47"/>
+      <c r="CC15" s="47"/>
+      <c r="CD15" s="47">
+        <v>0.30690000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:82">
-      <c r="A16" s="46" t="s">
-        <v>94</v>
+      <c r="A16" t="s">
+        <v>97</v>
       </c>
       <c r="B16" t="s">
         <v>98</v>
       </c>
-      <c r="C16" s="46" t="s">
+      <c r="C16" t="s">
         <v>99</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...222 lines deleted...]
-        <v>4.82E-2</v>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="F16" s="46">
+        <v>0.75239999999999996</v>
+      </c>
+      <c r="G16" s="47"/>
+      <c r="H16" s="46">
+        <v>0.54413100000000003</v>
+      </c>
+      <c r="I16" s="47"/>
+      <c r="J16" s="47"/>
+      <c r="K16" s="47">
+        <v>0</v>
+      </c>
+      <c r="L16" s="47">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="M16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP16" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ16" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA16" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB16" s="47"/>
+      <c r="CC16" s="47"/>
+      <c r="CD16" s="47">
+        <v>1.38E-2</v>
       </c>
     </row>
     <row r="17" spans="1:82">
-      <c r="A17" s="46" t="s">
+      <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
         <v>100</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>101</v>
       </c>
-      <c r="C17" s="46" t="s">
-[...225 lines deleted...]
-        <v>2.07E-2</v>
+      <c r="D17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" s="46">
+        <v>0.75239999999999996</v>
+      </c>
+      <c r="G17" s="47"/>
+      <c r="H17" s="46">
+        <v>0.54413100000000003</v>
+      </c>
+      <c r="I17" s="47"/>
+      <c r="J17" s="47"/>
+      <c r="K17" s="47">
+        <v>0</v>
+      </c>
+      <c r="L17" s="47">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="M17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP17" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY17" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ17" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA17" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB17" s="47"/>
+      <c r="CC17" s="47"/>
+      <c r="CD17" s="47">
+        <v>1.38E-2</v>
       </c>
     </row>
     <row r="18" spans="1:82">
-      <c r="A18" s="46" t="s">
-        <v>94</v>
+      <c r="A18" t="s">
+        <v>97</v>
       </c>
       <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
         <v>103</v>
       </c>
-      <c r="C18" s="46" t="s">
-[...225 lines deleted...]
-        <v>4.82E-2</v>
+      <c r="D18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" s="46">
+        <v>0.75239999999999996</v>
+      </c>
+      <c r="G18" s="47"/>
+      <c r="H18" s="46">
+        <v>0.54413100000000003</v>
+      </c>
+      <c r="I18" s="47"/>
+      <c r="J18" s="47"/>
+      <c r="K18" s="47">
+        <v>0</v>
+      </c>
+      <c r="L18" s="47">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="M18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP18" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY18" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ18" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA18" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB18" s="47"/>
+      <c r="CC18" s="47"/>
+      <c r="CD18" s="47">
+        <v>1.38E-2</v>
       </c>
     </row>
     <row r="19" spans="1:82">
-      <c r="A19" s="46" t="s">
-        <v>94</v>
+      <c r="A19" t="s">
+        <v>97</v>
       </c>
       <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" s="46" t="s">
-[...225 lines deleted...]
-        <v>4.82E-2</v>
+      <c r="D19" t="s">
+        <v>96</v>
+      </c>
+      <c r="F19" s="46">
+        <v>0.75239999999999996</v>
+      </c>
+      <c r="G19" s="47"/>
+      <c r="H19" s="46">
+        <v>0.54413100000000003</v>
+      </c>
+      <c r="I19" s="47"/>
+      <c r="J19" s="47"/>
+      <c r="K19" s="47">
+        <v>0</v>
+      </c>
+      <c r="L19" s="47">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="M19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP19" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY19" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ19" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA19" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB19" s="47"/>
+      <c r="CC19" s="47"/>
+      <c r="CD19" s="47">
+        <v>1.38E-2</v>
       </c>
     </row>
     <row r="20" spans="1:82">
-      <c r="A20" s="46" t="s">
-        <v>94</v>
+      <c r="A20" t="s">
+        <v>97</v>
       </c>
       <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
         <v>107</v>
       </c>
-      <c r="C20" s="46" t="s">
-[...225 lines deleted...]
-        <v>4.82E-2</v>
+      <c r="D20" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" s="46">
+        <v>0.75239999999999996</v>
+      </c>
+      <c r="G20" s="47"/>
+      <c r="H20" s="46">
+        <v>0.54413100000000003</v>
+      </c>
+      <c r="I20" s="47"/>
+      <c r="J20" s="47"/>
+      <c r="K20" s="47">
+        <v>0</v>
+      </c>
+      <c r="L20" s="47">
+        <v>9.5999999999999992E-3</v>
+      </c>
+      <c r="M20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP20" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY20" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ20" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA20" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB20" s="47"/>
+      <c r="CC20" s="47"/>
+      <c r="CD20" s="47">
+        <v>1.38E-2</v>
       </c>
     </row>
     <row r="21" spans="1:82">
-      <c r="A21" s="46" t="s">
+      <c r="A21" t="s">
+        <v>108</v>
+      </c>
+      <c r="B21" t="s">
         <v>109</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="46" t="s">
-[...113 lines deleted...]
-      <c r="AQ21" s="51">
+      <c r="D21" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="46">
+        <v>0.93269999999999997</v>
+      </c>
+      <c r="G21" s="47"/>
+      <c r="H21" s="46">
+        <v>0.83057499999999995</v>
+      </c>
+      <c r="I21" s="47"/>
+      <c r="J21" s="47"/>
+      <c r="K21" s="47">
+        <v>0</v>
+      </c>
+      <c r="L21" s="47">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="M21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP21" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY21" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ21" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA21" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB21" s="47"/>
+      <c r="CC21" s="47"/>
+      <c r="CD21" s="47">
         <v>2.7300000000000001E-2</v>
-      </c>
-[...111 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:82">
-      <c r="A22" s="46" t="s">
+      <c r="A22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
         <v>112</v>
       </c>
-      <c r="B22" t="s">
-[...228 lines deleted...]
-        <v>3.5200000000000002E-2</v>
+      <c r="D22" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="46">
+        <v>0.93269999999999997</v>
+      </c>
+      <c r="G22" s="47"/>
+      <c r="H22" s="46">
+        <v>0.83057499999999995</v>
+      </c>
+      <c r="I22" s="47"/>
+      <c r="J22" s="47"/>
+      <c r="K22" s="47">
+        <v>0</v>
+      </c>
+      <c r="L22" s="47">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="M22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP22" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY22" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ22" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA22" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB22" s="47"/>
+      <c r="CC22" s="47"/>
+      <c r="CD22" s="47">
+        <v>2.7300000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:82">
-      <c r="A23" s="46" t="s">
-        <v>112</v>
+      <c r="A23" t="s">
+        <v>108</v>
       </c>
       <c r="B23" t="s">
-        <v>115</v>
-[...227 lines deleted...]
-        <v>3.5200000000000002E-2</v>
+        <v>113</v>
+      </c>
+      <c r="C23" t="s">
+        <v>114</v>
+      </c>
+      <c r="D23" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" s="46">
+        <v>0.93269999999999997</v>
+      </c>
+      <c r="G23" s="47"/>
+      <c r="H23" s="46">
+        <v>0.83057499999999995</v>
+      </c>
+      <c r="I23" s="47"/>
+      <c r="J23" s="47"/>
+      <c r="K23" s="47">
+        <v>0</v>
+      </c>
+      <c r="L23" s="47">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="M23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP23" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY23" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ23" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA23" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB23" s="47"/>
+      <c r="CC23" s="47"/>
+      <c r="CD23" s="47">
+        <v>2.7300000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:82">
-      <c r="A24" s="46" t="s">
-        <v>112</v>
+      <c r="A24" t="s">
+        <v>115</v>
       </c>
       <c r="B24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" t="s">
         <v>117</v>
       </c>
-      <c r="C24" s="46" t="s">
-[...225 lines deleted...]
-        <v>3.5200000000000002E-2</v>
+      <c r="D24" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" s="46">
+        <v>0</v>
+      </c>
+      <c r="G24" s="47"/>
+      <c r="H24" s="46">
+        <v>0</v>
+      </c>
+      <c r="I24" s="47"/>
+      <c r="J24" s="47"/>
+      <c r="K24" s="47">
+        <v>0</v>
+      </c>
+      <c r="L24" s="47">
+        <v>0</v>
+      </c>
+      <c r="M24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP24" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY24" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ24" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA24" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB24" s="47"/>
+      <c r="CC24" s="47"/>
+      <c r="CD24" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:82">
-      <c r="A25" s="46" t="s">
-        <v>112</v>
+      <c r="A25" t="s">
+        <v>115</v>
       </c>
       <c r="B25" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" t="s">
         <v>119</v>
       </c>
-      <c r="C25" s="46" t="s">
-[...225 lines deleted...]
-        <v>3.5200000000000002E-2</v>
+      <c r="D25" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" s="46">
+        <v>0</v>
+      </c>
+      <c r="G25" s="47"/>
+      <c r="H25" s="46">
+        <v>0</v>
+      </c>
+      <c r="I25" s="47"/>
+      <c r="J25" s="47"/>
+      <c r="K25" s="47">
+        <v>0</v>
+      </c>
+      <c r="L25" s="47">
+        <v>0</v>
+      </c>
+      <c r="M25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP25" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY25" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ25" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA25" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB25" s="47"/>
+      <c r="CC25" s="47"/>
+      <c r="CD25" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:82">
-      <c r="A26" s="46" t="s">
-        <v>112</v>
+      <c r="A26" t="s">
+        <v>115</v>
       </c>
       <c r="B26" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" t="s">
         <v>121</v>
       </c>
-      <c r="C26" s="46" t="s">
-[...225 lines deleted...]
-        <v>3.5200000000000002E-2</v>
+      <c r="D26" t="s">
+        <v>96</v>
+      </c>
+      <c r="F26" s="46">
+        <v>0</v>
+      </c>
+      <c r="G26" s="47"/>
+      <c r="H26" s="46">
+        <v>0</v>
+      </c>
+      <c r="I26" s="47"/>
+      <c r="J26" s="47"/>
+      <c r="K26" s="47">
+        <v>0</v>
+      </c>
+      <c r="L26" s="47">
+        <v>0</v>
+      </c>
+      <c r="M26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP26" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY26" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ26" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA26" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB26" s="47"/>
+      <c r="CC26" s="47"/>
+      <c r="CD26" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:82">
-      <c r="A27" s="46" t="s">
+      <c r="A27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" t="s">
         <v>123</v>
       </c>
-      <c r="B27" t="s">
-[...228 lines deleted...]
-        <v>2.7699999999999999E-2</v>
+      <c r="D27" t="s">
+        <v>96</v>
+      </c>
+      <c r="F27" s="46">
+        <v>0.93269999999999997</v>
+      </c>
+      <c r="G27" s="47"/>
+      <c r="H27" s="46">
+        <v>0.83057499999999995</v>
+      </c>
+      <c r="I27" s="47"/>
+      <c r="J27" s="47"/>
+      <c r="K27" s="47">
+        <v>0</v>
+      </c>
+      <c r="L27" s="47">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="M27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP27" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY27" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ27" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA27" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB27" s="47"/>
+      <c r="CC27" s="47"/>
+      <c r="CD27" s="47">
+        <v>2.7300000000000001E-2</v>
       </c>
     </row>
     <row r="28" spans="1:82">
-      <c r="A28" s="46" t="s">
-        <v>123</v>
+      <c r="A28" t="s">
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>126</v>
-[...227 lines deleted...]
-        <v>2.7699999999999999E-2</v>
+        <v>124</v>
+      </c>
+      <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
+        <v>96</v>
+      </c>
+      <c r="F28" s="46">
+        <v>0.93269999999999997</v>
+      </c>
+      <c r="G28" s="47"/>
+      <c r="H28" s="46">
+        <v>0.83057499999999995</v>
+      </c>
+      <c r="I28" s="47"/>
+      <c r="J28" s="47"/>
+      <c r="K28" s="47">
+        <v>0</v>
+      </c>
+      <c r="L28" s="47">
+        <v>2.0500000000000001E-2</v>
+      </c>
+      <c r="M28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP28" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY28" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ28" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA28" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB28" s="47"/>
+      <c r="CC28" s="47"/>
+      <c r="CD28" s="47">
+        <v>2.7300000000000001E-2</v>
       </c>
     </row>
     <row r="29" spans="1:82">
-      <c r="A29" s="46" t="s">
-        <v>123</v>
+      <c r="A29" t="s">
+        <v>126</v>
       </c>
       <c r="B29" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" t="s">
         <v>128</v>
       </c>
-      <c r="C29" s="46" t="s">
-[...225 lines deleted...]
-        <v>2.7699999999999999E-2</v>
+      <c r="D29" t="s">
+        <v>96</v>
+      </c>
+      <c r="F29" s="46">
+        <v>0</v>
+      </c>
+      <c r="G29" s="47"/>
+      <c r="H29" s="46">
+        <v>0</v>
+      </c>
+      <c r="I29" s="47"/>
+      <c r="J29" s="47"/>
+      <c r="K29" s="47">
+        <v>0</v>
+      </c>
+      <c r="L29" s="47">
+        <v>0</v>
+      </c>
+      <c r="M29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP29" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY29" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ29" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA29" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB29" s="47"/>
+      <c r="CC29" s="47"/>
+      <c r="CD29" s="47">
+        <v>0.5101</v>
       </c>
     </row>
     <row r="30" spans="1:82">
-      <c r="A30" s="46" t="s">
-        <v>123</v>
+      <c r="A30" t="s">
+        <v>126</v>
       </c>
       <c r="B30" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" t="s">
         <v>130</v>
       </c>
-      <c r="C30" s="46" t="s">
-[...225 lines deleted...]
-        <v>2.7699999999999999E-2</v>
+      <c r="D30" t="s">
+        <v>96</v>
+      </c>
+      <c r="F30" s="46">
+        <v>0</v>
+      </c>
+      <c r="G30" s="47"/>
+      <c r="H30" s="46">
+        <v>0</v>
+      </c>
+      <c r="I30" s="47"/>
+      <c r="J30" s="47"/>
+      <c r="K30" s="47">
+        <v>0</v>
+      </c>
+      <c r="L30" s="47">
+        <v>0</v>
+      </c>
+      <c r="M30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP30" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY30" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ30" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA30" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB30" s="47"/>
+      <c r="CC30" s="47"/>
+      <c r="CD30" s="47">
+        <v>0.5101</v>
       </c>
     </row>
     <row r="31" spans="1:82">
-      <c r="A31" s="46" t="s">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" t="s">
         <v>132</v>
       </c>
-      <c r="B31" t="s">
-[...228 lines deleted...]
-        <v>0.40960000000000002</v>
+      <c r="D31" t="s">
+        <v>96</v>
+      </c>
+      <c r="F31" s="46">
+        <v>0</v>
+      </c>
+      <c r="G31" s="47"/>
+      <c r="H31" s="46">
+        <v>0</v>
+      </c>
+      <c r="I31" s="47"/>
+      <c r="J31" s="47"/>
+      <c r="K31" s="47">
+        <v>0</v>
+      </c>
+      <c r="L31" s="47">
+        <v>0</v>
+      </c>
+      <c r="M31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP31" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY31" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ31" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA31" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB31" s="47"/>
+      <c r="CC31" s="47"/>
+      <c r="CD31" s="47">
+        <v>0.5101</v>
       </c>
     </row>
     <row r="32" spans="1:82">
-      <c r="A32" s="46" t="s">
-        <v>132</v>
+      <c r="A32" t="s">
+        <v>133</v>
       </c>
       <c r="B32" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" t="s">
         <v>135</v>
       </c>
-      <c r="C32" s="46" t="s">
+      <c r="D32" t="s">
         <v>136</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...222 lines deleted...]
-        <v>0.40960000000000002</v>
+      <c r="F32" s="46">
+        <v>0</v>
+      </c>
+      <c r="G32" s="47"/>
+      <c r="H32" s="46">
+        <v>0</v>
+      </c>
+      <c r="I32" s="47"/>
+      <c r="J32" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K32" s="47">
+        <v>0</v>
+      </c>
+      <c r="L32" s="47">
+        <v>0</v>
+      </c>
+      <c r="M32" s="47">
+        <v>1.8599999999999998E-2</v>
+      </c>
+      <c r="N32" s="47">
+        <v>0</v>
+      </c>
+      <c r="O32" s="47">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="P32" s="47">
+        <v>1.37E-2</v>
+      </c>
+      <c r="Q32" s="47">
+        <v>8.5900000000000004E-2</v>
+      </c>
+      <c r="R32" s="47">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="S32" s="47">
+        <v>0</v>
+      </c>
+      <c r="T32" s="47">
+        <v>0</v>
+      </c>
+      <c r="U32" s="47">
+        <v>0</v>
+      </c>
+      <c r="V32" s="47">
+        <v>0.16139999999999988</v>
+      </c>
+      <c r="W32" s="47">
+        <v>2.8E-3</v>
+      </c>
+      <c r="X32" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y32" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="47">
+        <v>1.47E-2</v>
+      </c>
+      <c r="AB32" s="47">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AC32" s="47">
+        <v>1.3899999999999999E-2</v>
+      </c>
+      <c r="AD32" s="47">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="AE32" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AF32" s="47">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="AG32" s="47">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="AH32" s="47">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="AI32" s="47">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="AJ32" s="47">
+        <v>3.3E-3</v>
+      </c>
+      <c r="AK32" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="AL32" s="47">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="AM32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP32" s="47">
+        <v>4.24E-2</v>
+      </c>
+      <c r="AQ32" s="47">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AR32" s="47">
+        <v>1E-3</v>
+      </c>
+      <c r="AS32" s="47">
+        <v>6.4000000000000003E-3</v>
+      </c>
+      <c r="AT32" s="47">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="AU32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AV32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW32" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX32" s="47">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AY32" s="47">
+        <v>1.6799999999999999E-2</v>
+      </c>
+      <c r="AZ32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA32" s="47">
+        <v>1.5699999999999999E-2</v>
+      </c>
+      <c r="BB32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BC32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD32" s="47">
+        <v>2.93E-2</v>
+      </c>
+      <c r="BE32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF32" s="47">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="BG32" s="47">
+        <v>0.1031</v>
+      </c>
+      <c r="BH32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI32" s="47">
+        <v>3.5400000000000001E-2</v>
+      </c>
+      <c r="BJ32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL32" s="47">
+        <v>2.53E-2</v>
+      </c>
+      <c r="BM32" s="47">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="BN32" s="47">
+        <v>0.1091</v>
+      </c>
+      <c r="BO32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP32" s="47">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BQ32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY32" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ32" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA32" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB32" s="47"/>
+      <c r="CC32" s="47"/>
+      <c r="CD32" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:82">
-      <c r="A33" s="46" t="s">
-        <v>132</v>
+      <c r="A33" t="s">
+        <v>137</v>
       </c>
       <c r="B33" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C33" s="46" t="s">
         <v>138</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...222 lines deleted...]
-        <v>0.40960000000000002</v>
+      <c r="C33" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" t="s">
+        <v>136</v>
+      </c>
+      <c r="F33" s="46">
+        <v>0</v>
+      </c>
+      <c r="G33" s="47"/>
+      <c r="H33" s="46">
+        <v>0</v>
+      </c>
+      <c r="I33" s="47"/>
+      <c r="J33" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K33" s="47">
+        <v>0</v>
+      </c>
+      <c r="L33" s="47">
+        <v>0</v>
+      </c>
+      <c r="M33" s="47">
+        <v>4.4499999999999998E-2</v>
+      </c>
+      <c r="N33" s="47">
+        <v>0</v>
+      </c>
+      <c r="O33" s="47">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="P33" s="47">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="47">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="R33" s="47">
+        <v>0</v>
+      </c>
+      <c r="S33" s="47">
+        <v>3.1800000000000002E-2</v>
+      </c>
+      <c r="T33" s="47">
+        <v>0</v>
+      </c>
+      <c r="U33" s="47">
+        <v>0</v>
+      </c>
+      <c r="V33" s="47">
+        <v>6.7100000000000007E-2</v>
+      </c>
+      <c r="W33" s="47">
+        <v>1.12E-2</v>
+      </c>
+      <c r="X33" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y33" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="47">
+        <v>4.3E-3</v>
+      </c>
+      <c r="AB33" s="47">
+        <v>4.7800000000000002E-2</v>
+      </c>
+      <c r="AC33" s="47">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="AD33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AE33" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AF33" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AG33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH33" s="47">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI33" s="47">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="AJ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AK33" s="47">
+        <v>2E-3</v>
+      </c>
+      <c r="AL33" s="47">
+        <v>3.5900000000000001E-2</v>
+      </c>
+      <c r="AM33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP33" s="47">
+        <v>1.9900000000000001E-2</v>
+      </c>
+      <c r="AQ33" s="47">
+        <v>3.5400000000000001E-2</v>
+      </c>
+      <c r="AR33" s="47">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AS33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AT33" s="47">
+        <v>0.114</v>
+      </c>
+      <c r="AU33" s="47">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="AV33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX33" s="47">
+        <v>5.67E-2</v>
+      </c>
+      <c r="AY33" s="47">
+        <v>0</v>
+      </c>
+      <c r="AZ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA33" s="47">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="BB33" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BC33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD33" s="47">
+        <v>3.1099999999999999E-2</v>
+      </c>
+      <c r="BE33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF33" s="47">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="BG33" s="47">
+        <v>0.16980000000000001</v>
+      </c>
+      <c r="BH33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI33" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="BJ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL33" s="47">
+        <v>6.1999999999999998E-3</v>
+      </c>
+      <c r="BM33" s="47">
+        <v>4.8999999999999998E-3</v>
+      </c>
+      <c r="BN33" s="47">
+        <v>9.01E-2</v>
+      </c>
+      <c r="BO33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP33" s="47">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="BQ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY33" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ33" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA33" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB33" s="47"/>
+      <c r="CC33" s="47"/>
+      <c r="CD33" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:82">
-      <c r="A34" s="46" t="s">
-        <v>139</v>
+      <c r="A34" t="s">
+        <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>140</v>
       </c>
-      <c r="C34" s="46" t="s">
+      <c r="C34" t="s">
         <v>141</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...222 lines deleted...]
-        <v>7.1999999999999998E-3</v>
+      <c r="D34" t="s">
+        <v>136</v>
+      </c>
+      <c r="F34" s="46">
+        <v>0</v>
+      </c>
+      <c r="G34" s="47"/>
+      <c r="H34" s="46">
+        <v>0</v>
+      </c>
+      <c r="I34" s="47"/>
+      <c r="J34" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K34" s="47">
+        <v>0</v>
+      </c>
+      <c r="L34" s="47">
+        <v>0</v>
+      </c>
+      <c r="M34" s="47">
+        <v>4.4499999999999998E-2</v>
+      </c>
+      <c r="N34" s="47">
+        <v>0</v>
+      </c>
+      <c r="O34" s="47">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="P34" s="47">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="47">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="R34" s="47">
+        <v>0</v>
+      </c>
+      <c r="S34" s="47">
+        <v>3.1800000000000002E-2</v>
+      </c>
+      <c r="T34" s="47">
+        <v>0</v>
+      </c>
+      <c r="U34" s="47">
+        <v>0</v>
+      </c>
+      <c r="V34" s="47">
+        <v>6.7100000000000007E-2</v>
+      </c>
+      <c r="W34" s="47">
+        <v>1.12E-2</v>
+      </c>
+      <c r="X34" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="47">
+        <v>4.3E-3</v>
+      </c>
+      <c r="AB34" s="47">
+        <v>4.7800000000000002E-2</v>
+      </c>
+      <c r="AC34" s="47">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="AD34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AE34" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AF34" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AG34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH34" s="47">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI34" s="47">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="AJ34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AK34" s="47">
+        <v>2E-3</v>
+      </c>
+      <c r="AL34" s="47">
+        <v>3.5900000000000001E-2</v>
+      </c>
+      <c r="AM34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP34" s="47">
+        <v>1.9900000000000001E-2</v>
+      </c>
+      <c r="AQ34" s="47">
+        <v>3.5400000000000001E-2</v>
+      </c>
+      <c r="AR34" s="47">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AS34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AT34" s="47">
+        <v>0.114</v>
+      </c>
+      <c r="AU34" s="47">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="AV34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX34" s="47">
+        <v>5.67E-2</v>
+      </c>
+      <c r="AY34" s="47">
+        <v>0</v>
+      </c>
+      <c r="AZ34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA34" s="47">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="BB34" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BC34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD34" s="47">
+        <v>3.1099999999999999E-2</v>
+      </c>
+      <c r="BE34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF34" s="47">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="BG34" s="47">
+        <v>0.16980000000000001</v>
+      </c>
+      <c r="BH34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI34" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="BJ34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL34" s="47">
+        <v>6.1999999999999998E-3</v>
+      </c>
+      <c r="BM34" s="47">
+        <v>4.8999999999999998E-3</v>
+      </c>
+      <c r="BN34" s="47">
+        <v>9.01E-2</v>
+      </c>
+      <c r="BO34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP34" s="47">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="BQ34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY34" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ34" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA34" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB34" s="47"/>
+      <c r="CC34" s="47"/>
+      <c r="CD34" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:82">
-      <c r="A35" s="46" t="s">
-        <v>139</v>
+      <c r="A35" t="s">
+        <v>137</v>
       </c>
       <c r="B35" t="s">
         <v>142</v>
       </c>
-      <c r="C35" s="46" t="s">
+      <c r="C35" t="s">
         <v>143</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...222 lines deleted...]
-        <v>7.1999999999999998E-3</v>
+      <c r="D35" t="s">
+        <v>136</v>
+      </c>
+      <c r="F35" s="46">
+        <v>0</v>
+      </c>
+      <c r="G35" s="47"/>
+      <c r="H35" s="46">
+        <v>0</v>
+      </c>
+      <c r="I35" s="47"/>
+      <c r="J35" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K35" s="47">
+        <v>0</v>
+      </c>
+      <c r="L35" s="47">
+        <v>0</v>
+      </c>
+      <c r="M35" s="47">
+        <v>4.4499999999999998E-2</v>
+      </c>
+      <c r="N35" s="47">
+        <v>0</v>
+      </c>
+      <c r="O35" s="47">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="P35" s="47">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="47">
+        <v>7.0499999999999993E-2</v>
+      </c>
+      <c r="R35" s="47">
+        <v>0</v>
+      </c>
+      <c r="S35" s="47">
+        <v>3.1800000000000002E-2</v>
+      </c>
+      <c r="T35" s="47">
+        <v>0</v>
+      </c>
+      <c r="U35" s="47">
+        <v>0</v>
+      </c>
+      <c r="V35" s="47">
+        <v>6.7100000000000007E-2</v>
+      </c>
+      <c r="W35" s="47">
+        <v>1.12E-2</v>
+      </c>
+      <c r="X35" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y35" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="47">
+        <v>4.3E-3</v>
+      </c>
+      <c r="AB35" s="47">
+        <v>4.7800000000000002E-2</v>
+      </c>
+      <c r="AC35" s="47">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="AD35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AE35" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AF35" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AG35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH35" s="47">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI35" s="47">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="AJ35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AK35" s="47">
+        <v>2E-3</v>
+      </c>
+      <c r="AL35" s="47">
+        <v>3.5900000000000001E-2</v>
+      </c>
+      <c r="AM35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP35" s="47">
+        <v>1.9900000000000001E-2</v>
+      </c>
+      <c r="AQ35" s="47">
+        <v>3.5400000000000001E-2</v>
+      </c>
+      <c r="AR35" s="47">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AS35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AT35" s="47">
+        <v>0.114</v>
+      </c>
+      <c r="AU35" s="47">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="AV35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX35" s="47">
+        <v>5.67E-2</v>
+      </c>
+      <c r="AY35" s="47">
+        <v>0</v>
+      </c>
+      <c r="AZ35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA35" s="47">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="BB35" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BC35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD35" s="47">
+        <v>3.1099999999999999E-2</v>
+      </c>
+      <c r="BE35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF35" s="47">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="BG35" s="47">
+        <v>0.16980000000000001</v>
+      </c>
+      <c r="BH35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI35" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="BJ35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL35" s="47">
+        <v>6.1999999999999998E-3</v>
+      </c>
+      <c r="BM35" s="47">
+        <v>4.8999999999999998E-3</v>
+      </c>
+      <c r="BN35" s="47">
+        <v>9.01E-2</v>
+      </c>
+      <c r="BO35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP35" s="47">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="BQ35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY35" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ35" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA35" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB35" s="47"/>
+      <c r="CC35" s="47"/>
+      <c r="CD35" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:82">
-      <c r="A36" s="46" t="s">
-        <v>139</v>
+      <c r="A36" t="s">
+        <v>144</v>
       </c>
       <c r="B36" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="C36" s="46" t="s">
         <v>145</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...221 lines deleted...]
-      <c r="CD36" s="51">
+      <c r="C36" t="s">
+        <v>146</v>
+      </c>
+      <c r="D36" t="s">
+        <v>136</v>
+      </c>
+      <c r="F36" s="46">
+        <v>0</v>
+      </c>
+      <c r="G36" s="47"/>
+      <c r="H36" s="46">
+        <v>0</v>
+      </c>
+      <c r="I36" s="47"/>
+      <c r="J36" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K36" s="47">
+        <v>0</v>
+      </c>
+      <c r="L36" s="47">
+        <v>0</v>
+      </c>
+      <c r="M36" s="47">
+        <v>6.8699999999999997E-2</v>
+      </c>
+      <c r="N36" s="47">
+        <v>0</v>
+      </c>
+      <c r="O36" s="47">
+        <v>1.7100000000000001E-2</v>
+      </c>
+      <c r="P36" s="47">
+        <v>2.98E-2</v>
+      </c>
+      <c r="Q36" s="47">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="R36" s="47">
+        <v>1E-3</v>
+      </c>
+      <c r="S36" s="47">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="T36" s="47">
+        <v>0</v>
+      </c>
+      <c r="U36" s="47">
+        <v>4.3E-3</v>
+      </c>
+      <c r="V36" s="47">
+        <v>4.0399999999999998E-2</v>
+      </c>
+      <c r="W36" s="47">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="X36" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y36" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="AA36" s="47">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="AB36" s="47">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="AC36" s="47">
+        <v>4.0300000000000002E-2</v>
+      </c>
+      <c r="AD36" s="47">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="AE36" s="47">
+        <v>2.5499999999999998E-2</v>
+      </c>
+      <c r="AF36" s="47">
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="AG36" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH36" s="47">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AI36" s="47">
+        <v>5.3E-3</v>
+      </c>
+      <c r="AJ36" s="47">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK36" s="47">
+        <v>3.0200000000000001E-2</v>
+      </c>
+      <c r="AL36" s="47">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="AM36" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="AN36" s="47">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="AO36" s="47">
+        <v>1.5E-3</v>
+      </c>
+      <c r="AP36" s="47">
+        <v>1.8E-3</v>
+      </c>
+      <c r="AQ36" s="47">
+        <v>1.2800000000000001E-2</v>
+      </c>
+      <c r="AR36" s="47">
+        <v>1.83E-2</v>
+      </c>
+      <c r="AS36" s="47">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="AT36" s="47">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="AU36" s="47">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="AV36" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW36" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX36" s="47">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="AY36" s="47">
+        <v>1.09E-2</v>
+      </c>
+      <c r="AZ36" s="47">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="BA36" s="47">
+        <v>8.6599999999999996E-2</v>
+      </c>
+      <c r="BB36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BC36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD36" s="47">
+        <v>1.52E-2</v>
+      </c>
+      <c r="BE36" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BF36" s="47">
+        <v>4.1399999999999999E-2</v>
+      </c>
+      <c r="BG36" s="47">
+        <v>0.11079999999999979</v>
+      </c>
+      <c r="BH36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BJ36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK36" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="BL36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BM36" s="47">
+        <v>3.04E-2</v>
+      </c>
+      <c r="BN36" s="47">
+        <v>1.0800000000000001E-2</v>
+      </c>
+      <c r="BO36" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="BP36" s="47">
         <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="BQ36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY36" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ36" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA36" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB36" s="47"/>
+      <c r="CC36" s="47"/>
+      <c r="CD36" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:82">
-      <c r="A37" s="46" t="s">
-        <v>139</v>
+      <c r="A37" t="s">
+        <v>144</v>
       </c>
       <c r="B37" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="C37" s="46" t="s">
         <v>147</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...221 lines deleted...]
-      <c r="CD37" s="51">
+      <c r="C37" t="s">
+        <v>148</v>
+      </c>
+      <c r="D37" t="s">
+        <v>136</v>
+      </c>
+      <c r="F37" s="46">
+        <v>0</v>
+      </c>
+      <c r="G37" s="47"/>
+      <c r="H37" s="46">
+        <v>0</v>
+      </c>
+      <c r="I37" s="47"/>
+      <c r="J37" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K37" s="47">
+        <v>0</v>
+      </c>
+      <c r="L37" s="47">
+        <v>0</v>
+      </c>
+      <c r="M37" s="47">
+        <v>6.8699999999999997E-2</v>
+      </c>
+      <c r="N37" s="47">
+        <v>0</v>
+      </c>
+      <c r="O37" s="47">
+        <v>1.7100000000000001E-2</v>
+      </c>
+      <c r="P37" s="47">
+        <v>2.98E-2</v>
+      </c>
+      <c r="Q37" s="47">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="R37" s="47">
+        <v>1E-3</v>
+      </c>
+      <c r="S37" s="47">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="T37" s="47">
+        <v>0</v>
+      </c>
+      <c r="U37" s="47">
+        <v>4.3E-3</v>
+      </c>
+      <c r="V37" s="47">
+        <v>4.0399999999999998E-2</v>
+      </c>
+      <c r="W37" s="47">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="X37" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="AA37" s="47">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="AB37" s="47">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="AC37" s="47">
+        <v>4.0300000000000002E-2</v>
+      </c>
+      <c r="AD37" s="47">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="AE37" s="47">
+        <v>2.5499999999999998E-2</v>
+      </c>
+      <c r="AF37" s="47">
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="AG37" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH37" s="47">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AI37" s="47">
+        <v>5.3E-3</v>
+      </c>
+      <c r="AJ37" s="47">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK37" s="47">
+        <v>3.0200000000000001E-2</v>
+      </c>
+      <c r="AL37" s="47">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="AM37" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="AN37" s="47">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="AO37" s="47">
+        <v>1.5E-3</v>
+      </c>
+      <c r="AP37" s="47">
+        <v>1.8E-3</v>
+      </c>
+      <c r="AQ37" s="47">
+        <v>1.2800000000000001E-2</v>
+      </c>
+      <c r="AR37" s="47">
+        <v>1.83E-2</v>
+      </c>
+      <c r="AS37" s="47">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="AT37" s="47">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="AU37" s="47">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="AV37" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW37" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX37" s="47">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="AY37" s="47">
+        <v>1.09E-2</v>
+      </c>
+      <c r="AZ37" s="47">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="BA37" s="47">
+        <v>8.6599999999999996E-2</v>
+      </c>
+      <c r="BB37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BC37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD37" s="47">
+        <v>1.52E-2</v>
+      </c>
+      <c r="BE37" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BF37" s="47">
+        <v>4.1399999999999999E-2</v>
+      </c>
+      <c r="BG37" s="47">
+        <v>0.11079999999999979</v>
+      </c>
+      <c r="BH37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BJ37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK37" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="BL37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BM37" s="47">
+        <v>3.04E-2</v>
+      </c>
+      <c r="BN37" s="47">
+        <v>1.0800000000000001E-2</v>
+      </c>
+      <c r="BO37" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="BP37" s="47">
         <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="BQ37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY37" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ37" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA37" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB37" s="47"/>
+      <c r="CC37" s="47"/>
+      <c r="CD37" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:82">
-      <c r="A38" s="46" t="s">
-        <v>109</v>
+      <c r="A38" t="s">
+        <v>144</v>
       </c>
       <c r="B38" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="C38" s="46" t="s">
         <v>149</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...11 lines deleted...]
-      <c r="J38" s="50" t="s">
+      <c r="C38" t="s">
+        <v>150</v>
+      </c>
+      <c r="D38" t="s">
+        <v>136</v>
+      </c>
+      <c r="F38" s="46">
+        <v>0</v>
+      </c>
+      <c r="G38" s="47"/>
+      <c r="H38" s="46">
+        <v>0</v>
+      </c>
+      <c r="I38" s="47"/>
+      <c r="J38" s="47" t="s">
         <v>48</v>
       </c>
-      <c r="K38" s="51">
-[...11 lines deleted...]
-      <c r="O38" s="51">
+      <c r="K38" s="47">
+        <v>0</v>
+      </c>
+      <c r="L38" s="47">
+        <v>0</v>
+      </c>
+      <c r="M38" s="47">
+        <v>6.8699999999999997E-2</v>
+      </c>
+      <c r="N38" s="47">
+        <v>0</v>
+      </c>
+      <c r="O38" s="47">
+        <v>1.7100000000000001E-2</v>
+      </c>
+      <c r="P38" s="47">
+        <v>2.98E-2</v>
+      </c>
+      <c r="Q38" s="47">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="R38" s="47">
+        <v>1E-3</v>
+      </c>
+      <c r="S38" s="47">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="T38" s="47">
+        <v>0</v>
+      </c>
+      <c r="U38" s="47">
+        <v>4.3E-3</v>
+      </c>
+      <c r="V38" s="47">
+        <v>4.0399999999999998E-2</v>
+      </c>
+      <c r="W38" s="47">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="X38" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="AA38" s="47">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="AB38" s="47">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="AC38" s="47">
+        <v>4.0300000000000002E-2</v>
+      </c>
+      <c r="AD38" s="47">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="AE38" s="47">
+        <v>2.5499999999999998E-2</v>
+      </c>
+      <c r="AF38" s="47">
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="AG38" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH38" s="47">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AI38" s="47">
+        <v>5.3E-3</v>
+      </c>
+      <c r="AJ38" s="47">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK38" s="47">
+        <v>3.0200000000000001E-2</v>
+      </c>
+      <c r="AL38" s="47">
+        <v>6.8500000000000005E-2</v>
+      </c>
+      <c r="AM38" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="AN38" s="47">
         <v>2.5999999999999999E-3</v>
       </c>
-      <c r="P38" s="51">
-[...5 lines deleted...]
-      <c r="R38" s="51">
+      <c r="AO38" s="47">
+        <v>1.5E-3</v>
+      </c>
+      <c r="AP38" s="47">
+        <v>1.8E-3</v>
+      </c>
+      <c r="AQ38" s="47">
+        <v>1.2800000000000001E-2</v>
+      </c>
+      <c r="AR38" s="47">
+        <v>1.83E-2</v>
+      </c>
+      <c r="AS38" s="47">
         <v>2.9999999999999997E-4</v>
       </c>
-      <c r="S38" s="51">
-[...11 lines deleted...]
-      <c r="W38" s="51">
+      <c r="AT38" s="47">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="AU38" s="47">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="AV38" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW38" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX38" s="47">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="AY38" s="47">
         <v>1.09E-2</v>
       </c>
-      <c r="X38" s="51">
-[...11 lines deleted...]
-      <c r="AB38" s="51">
+      <c r="AZ38" s="47">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="BA38" s="47">
+        <v>8.6599999999999996E-2</v>
+      </c>
+      <c r="BB38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BC38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD38" s="47">
+        <v>1.52E-2</v>
+      </c>
+      <c r="BE38" s="47">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BF38" s="47">
         <v>4.1399999999999999E-2</v>
       </c>
-      <c r="AC38" s="51">
-[...8 lines deleted...]
-      <c r="AF38" s="51">
+      <c r="BG38" s="47">
+        <v>0.11079999999999979</v>
+      </c>
+      <c r="BH38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BJ38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK38" s="47">
         <v>2.0000000000000001E-4</v>
       </c>
-      <c r="AG38" s="51">
-[...142 lines deleted...]
-      <c r="CD38" s="51">
+      <c r="BL38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BM38" s="47">
+        <v>3.04E-2</v>
+      </c>
+      <c r="BN38" s="47">
+        <v>1.0800000000000001E-2</v>
+      </c>
+      <c r="BO38" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="BP38" s="47">
+        <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="BQ38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY38" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ38" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA38" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB38" s="47"/>
+      <c r="CC38" s="47"/>
+      <c r="CD38" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:82">
-      <c r="A39" s="46" t="s">
-        <v>150</v>
+      <c r="A39" t="s">
+        <v>133</v>
       </c>
       <c r="B39" t="s">
         <v>151</v>
       </c>
-      <c r="C39" s="46" t="s">
+      <c r="C39" t="s">
         <v>152</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...11 lines deleted...]
-      <c r="J39" s="50" t="s">
+      <c r="D39" t="s">
+        <v>136</v>
+      </c>
+      <c r="F39" s="46">
+        <v>0</v>
+      </c>
+      <c r="G39" s="47"/>
+      <c r="H39" s="46">
+        <v>0</v>
+      </c>
+      <c r="I39" s="47"/>
+      <c r="J39" s="47" t="s">
         <v>48</v>
       </c>
-      <c r="K39" s="51">
-[...5 lines deleted...]
-      <c r="M39" s="51">
+      <c r="K39" s="47">
+        <v>0</v>
+      </c>
+      <c r="L39" s="47">
+        <v>0</v>
+      </c>
+      <c r="M39" s="47">
+        <v>1.8599999999999998E-2</v>
+      </c>
+      <c r="N39" s="47">
+        <v>0</v>
+      </c>
+      <c r="O39" s="47">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="P39" s="47">
+        <v>1.37E-2</v>
+      </c>
+      <c r="Q39" s="47">
+        <v>8.5900000000000004E-2</v>
+      </c>
+      <c r="R39" s="47">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="S39" s="47">
+        <v>0</v>
+      </c>
+      <c r="T39" s="47">
+        <v>0</v>
+      </c>
+      <c r="U39" s="47">
+        <v>0</v>
+      </c>
+      <c r="V39" s="47">
+        <v>0.16139999999999988</v>
+      </c>
+      <c r="W39" s="47">
+        <v>2.8E-3</v>
+      </c>
+      <c r="X39" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="47">
+        <v>1.47E-2</v>
+      </c>
+      <c r="AB39" s="47">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AC39" s="47">
+        <v>1.3899999999999999E-2</v>
+      </c>
+      <c r="AD39" s="47">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="AE39" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AF39" s="47">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="AG39" s="47">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="AH39" s="47">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="AI39" s="47">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="AJ39" s="47">
+        <v>3.3E-3</v>
+      </c>
+      <c r="AK39" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="AL39" s="47">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="AM39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP39" s="47">
+        <v>4.24E-2</v>
+      </c>
+      <c r="AQ39" s="47">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AR39" s="47">
+        <v>1E-3</v>
+      </c>
+      <c r="AS39" s="47">
+        <v>6.4000000000000003E-3</v>
+      </c>
+      <c r="AT39" s="47">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="AU39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AV39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW39" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX39" s="47">
         <v>8.0000000000000002E-3</v>
       </c>
-      <c r="N39" s="51">
-[...199 lines deleted...]
-      <c r="CD39" s="51">
+      <c r="AY39" s="47">
+        <v>1.6799999999999999E-2</v>
+      </c>
+      <c r="AZ39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA39" s="47">
+        <v>1.5699999999999999E-2</v>
+      </c>
+      <c r="BB39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BC39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD39" s="47">
+        <v>2.93E-2</v>
+      </c>
+      <c r="BE39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF39" s="47">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="BG39" s="47">
+        <v>0.1031</v>
+      </c>
+      <c r="BH39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI39" s="47">
+        <v>3.5400000000000001E-2</v>
+      </c>
+      <c r="BJ39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL39" s="47">
+        <v>2.53E-2</v>
+      </c>
+      <c r="BM39" s="47">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="BN39" s="47">
+        <v>0.1091</v>
+      </c>
+      <c r="BO39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP39" s="47">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BQ39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY39" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ39" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA39" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB39" s="47"/>
+      <c r="CC39" s="47"/>
+      <c r="CD39" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:82">
-      <c r="A40" s="46" t="s">
+      <c r="A40" t="s">
+        <v>133</v>
+      </c>
+      <c r="B40" t="s">
         <v>153</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>154</v>
       </c>
-      <c r="C40" s="46" t="s">
-[...14 lines deleted...]
-      <c r="J40" s="50" t="s">
+      <c r="D40" t="s">
+        <v>136</v>
+      </c>
+      <c r="F40" s="46">
+        <v>0</v>
+      </c>
+      <c r="G40" s="47"/>
+      <c r="H40" s="46">
+        <v>0</v>
+      </c>
+      <c r="I40" s="47"/>
+      <c r="J40" s="47" t="s">
         <v>48</v>
       </c>
-      <c r="K40" s="51">
-[...23 lines deleted...]
-      <c r="S40" s="51">
+      <c r="K40" s="47">
+        <v>0</v>
+      </c>
+      <c r="L40" s="47">
+        <v>0</v>
+      </c>
+      <c r="M40" s="47">
+        <v>1.8599999999999998E-2</v>
+      </c>
+      <c r="N40" s="47">
+        <v>0</v>
+      </c>
+      <c r="O40" s="47">
+        <v>7.3599999999999999E-2</v>
+      </c>
+      <c r="P40" s="47">
+        <v>1.37E-2</v>
+      </c>
+      <c r="Q40" s="47">
+        <v>8.5900000000000004E-2</v>
+      </c>
+      <c r="R40" s="47">
+        <v>4.6100000000000002E-2</v>
+      </c>
+      <c r="S40" s="47">
+        <v>0</v>
+      </c>
+      <c r="T40" s="47">
+        <v>0</v>
+      </c>
+      <c r="U40" s="47">
+        <v>0</v>
+      </c>
+      <c r="V40" s="47">
+        <v>0.16139999999999988</v>
+      </c>
+      <c r="W40" s="47">
+        <v>2.8E-3</v>
+      </c>
+      <c r="X40" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="47">
+        <v>1.47E-2</v>
+      </c>
+      <c r="AB40" s="47">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AC40" s="47">
+        <v>1.3899999999999999E-2</v>
+      </c>
+      <c r="AD40" s="47">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="AE40" s="47">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="AF40" s="47">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="AG40" s="47">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="AH40" s="47">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="AI40" s="47">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="AJ40" s="47">
         <v>3.3E-3</v>
       </c>
-      <c r="T40" s="51">
-[...56 lines deleted...]
-      <c r="AM40" s="51">
+      <c r="AK40" s="47">
+        <v>1.84E-2</v>
+      </c>
+      <c r="AL40" s="47">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="AM40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP40" s="47">
+        <v>4.24E-2</v>
+      </c>
+      <c r="AQ40" s="47">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="AN40" s="51">
-[...121 lines deleted...]
-      <c r="CD40" s="51">
+      <c r="AR40" s="47">
+        <v>1E-3</v>
+      </c>
+      <c r="AS40" s="47">
+        <v>6.4000000000000003E-3</v>
+      </c>
+      <c r="AT40" s="47">
+        <v>5.4399999999999997E-2</v>
+      </c>
+      <c r="AU40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AV40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW40" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX40" s="47">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AY40" s="47">
+        <v>1.6799999999999999E-2</v>
+      </c>
+      <c r="AZ40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA40" s="47">
+        <v>1.5699999999999999E-2</v>
+      </c>
+      <c r="BB40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BC40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD40" s="47">
+        <v>2.93E-2</v>
+      </c>
+      <c r="BE40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF40" s="47">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="BG40" s="47">
+        <v>0.1031</v>
+      </c>
+      <c r="BH40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI40" s="47">
+        <v>3.5400000000000001E-2</v>
+      </c>
+      <c r="BJ40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL40" s="47">
+        <v>2.53E-2</v>
+      </c>
+      <c r="BM40" s="47">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="BN40" s="47">
+        <v>0.1091</v>
+      </c>
+      <c r="BO40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP40" s="47">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BQ40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY40" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ40" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA40" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB40" s="47"/>
+      <c r="CC40" s="47"/>
+      <c r="CD40" s="47">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:82">
-      <c r="A41" s="46" t="s">
-        <v>109</v>
+      <c r="A41" t="s">
+        <v>155</v>
       </c>
       <c r="B41" t="s">
         <v>156</v>
       </c>
-      <c r="C41" s="46" t="s">
+      <c r="C41" t="s">
         <v>157</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...224 lines deleted...]
-        <v>0</v>
+      <c r="D41" t="s">
+        <v>158</v>
+      </c>
+      <c r="F41" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="G41" s="47"/>
+      <c r="H41" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="I41" s="47"/>
+      <c r="J41" s="47"/>
+      <c r="K41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="L41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA41" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB41" s="47"/>
+      <c r="CC41" s="47"/>
+      <c r="CD41" s="47" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="42" spans="1:82">
-      <c r="A42" s="46" t="s">
-        <v>153</v>
+      <c r="A42" t="s">
+        <v>155</v>
       </c>
       <c r="B42" t="s">
+        <v>159</v>
+      </c>
+      <c r="C42" t="s">
+        <v>160</v>
+      </c>
+      <c r="D42" t="s">
         <v>158</v>
       </c>
-      <c r="C42" s="46" t="s">
-[...227 lines deleted...]
-        <v>0</v>
+      <c r="F42" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="G42" s="47"/>
+      <c r="H42" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="I42" s="47"/>
+      <c r="J42" s="47"/>
+      <c r="K42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="L42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA42" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB42" s="47"/>
+      <c r="CC42" s="47"/>
+      <c r="CD42" s="47" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:82">
-      <c r="A43" s="46" t="s">
-        <v>153</v>
+      <c r="A43" t="s">
+        <v>161</v>
       </c>
       <c r="B43" t="s">
-        <v>160</v>
-[...229 lines deleted...]
-        <v>0</v>
+        <v>162</v>
+      </c>
+      <c r="C43" t="s">
+        <v>163</v>
+      </c>
+      <c r="D43" t="s">
+        <v>158</v>
+      </c>
+      <c r="F43" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="G43" s="47"/>
+      <c r="H43" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="I43" s="47"/>
+      <c r="J43" s="47"/>
+      <c r="K43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="L43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA43" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB43" s="47"/>
+      <c r="CC43" s="47"/>
+      <c r="CD43" s="47" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="44" spans="1:82">
-      <c r="A44" s="46" t="s">
-        <v>150</v>
+      <c r="A44" t="s">
+        <v>161</v>
       </c>
       <c r="B44" t="s">
-        <v>162</v>
-[...229 lines deleted...]
-        <v>0</v>
+        <v>164</v>
+      </c>
+      <c r="C44" t="s">
+        <v>165</v>
+      </c>
+      <c r="D44" t="s">
+        <v>158</v>
+      </c>
+      <c r="F44" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="G44" s="47"/>
+      <c r="H44" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="I44" s="47"/>
+      <c r="J44" s="47"/>
+      <c r="K44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="L44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA44" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB44" s="47"/>
+      <c r="CC44" s="47"/>
+      <c r="CD44" s="47" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:82">
-      <c r="A45" s="46" t="s">
-        <v>150</v>
+      <c r="A45" t="s">
+        <v>166</v>
       </c>
       <c r="B45" t="s">
-        <v>164</v>
-[...229 lines deleted...]
-        <v>0</v>
+        <v>167</v>
+      </c>
+      <c r="C45" t="s">
+        <v>168</v>
+      </c>
+      <c r="D45" t="s">
+        <v>158</v>
+      </c>
+      <c r="F45" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="G45" s="47"/>
+      <c r="H45" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="I45" s="47"/>
+      <c r="J45" s="47"/>
+      <c r="K45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="L45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA45" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB45" s="47"/>
+      <c r="CC45" s="47"/>
+      <c r="CD45" s="47" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:82">
-      <c r="A46" s="46" t="s">
+      <c r="A46" t="s">
         <v>166</v>
       </c>
       <c r="B46" t="s">
-        <v>167</v>
-[...4 lines deleted...]
-      <c r="D46" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="E46" s="5"/>
-[...219 lines deleted...]
-        <v>97</v>
+      <c r="C46" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" t="s">
+        <v>158</v>
+      </c>
+      <c r="F46" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="G46" s="47"/>
+      <c r="H46" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="I46" s="47"/>
+      <c r="J46" s="47"/>
+      <c r="K46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="L46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="M46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BX46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BY46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BZ46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CA46" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="CB46" s="47"/>
+      <c r="CC46" s="47"/>
+      <c r="CD46" s="47" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="47" spans="1:82">
-      <c r="A47" s="46" t="s">
-        <v>166</v>
+      <c r="A47" t="s">
+        <v>171</v>
       </c>
       <c r="B47" t="s">
-        <v>170</v>
-[...227 lines deleted...]
-        <v>97</v>
+        <v>172</v>
+      </c>
+      <c r="C47" t="s">
+        <v>173</v>
+      </c>
+      <c r="D47" t="s">
+        <v>96</v>
+      </c>
+      <c r="F47" s="46">
+        <v>1</v>
+      </c>
+      <c r="G47" s="47"/>
+      <c r="H47" s="46">
+        <v>0.831569</v>
+      </c>
+      <c r="I47" s="47"/>
+      <c r="J47" s="47"/>
+      <c r="K47" s="47">
+        <v>0</v>
+      </c>
+      <c r="L47" s="47">
+        <v>0</v>
+      </c>
+      <c r="M47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP47" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY47" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ47" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA47" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB47" s="47"/>
+      <c r="CC47" s="47"/>
+      <c r="CD47" s="47">
+        <v>6.1699999999999998E-2</v>
       </c>
     </row>
     <row r="48" spans="1:82">
-      <c r="A48" s="46" t="s">
-        <v>172</v>
+      <c r="A48" t="s">
+        <v>174</v>
       </c>
       <c r="B48" t="s">
-        <v>173</v>
-[...227 lines deleted...]
-        <v>97</v>
+        <v>175</v>
+      </c>
+      <c r="C48" t="s">
+        <v>176</v>
+      </c>
+      <c r="D48" t="s">
+        <v>96</v>
+      </c>
+      <c r="F48" s="46">
+        <v>0</v>
+      </c>
+      <c r="G48" s="47"/>
+      <c r="H48" s="46">
+        <v>0</v>
+      </c>
+      <c r="I48" s="47"/>
+      <c r="J48" s="47"/>
+      <c r="K48" s="47">
+        <v>0</v>
+      </c>
+      <c r="L48" s="47">
+        <v>2.87E-2</v>
+      </c>
+      <c r="M48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP48" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY48" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ48" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA48" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB48" s="47"/>
+      <c r="CC48" s="47"/>
+      <c r="CD48" s="47">
+        <v>5.5899999999999998E-2</v>
       </c>
     </row>
     <row r="49" spans="1:82">
-      <c r="A49" s="46" t="s">
-        <v>172</v>
+      <c r="A49" t="s">
+        <v>177</v>
       </c>
       <c r="B49" t="s">
-        <v>175</v>
-[...227 lines deleted...]
-        <v>97</v>
+        <v>178</v>
+      </c>
+      <c r="C49" t="s">
+        <v>179</v>
+      </c>
+      <c r="D49" t="s">
+        <v>96</v>
+      </c>
+      <c r="F49" s="46">
+        <v>0</v>
+      </c>
+      <c r="G49" s="47"/>
+      <c r="H49" s="46">
+        <v>0</v>
+      </c>
+      <c r="I49" s="47"/>
+      <c r="J49" s="47"/>
+      <c r="K49" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="L49" s="47">
+        <v>0</v>
+      </c>
+      <c r="M49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP49" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ49" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="BR49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY49" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ49" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA49" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB49" s="47"/>
+      <c r="CC49" s="47"/>
+      <c r="CD49" s="47">
+        <v>0.92230000000000001</v>
       </c>
     </row>
     <row r="50" spans="1:82">
-      <c r="A50" s="46" t="s">
+      <c r="A50" t="s">
         <v>177</v>
       </c>
       <c r="B50" t="s">
-        <v>178</v>
-[...227 lines deleted...]
-        <v>97</v>
+        <v>180</v>
+      </c>
+      <c r="C50" t="s">
+        <v>181</v>
+      </c>
+      <c r="D50" t="s">
+        <v>96</v>
+      </c>
+      <c r="F50" s="46">
+        <v>0</v>
+      </c>
+      <c r="G50" s="47"/>
+      <c r="H50" s="46">
+        <v>0</v>
+      </c>
+      <c r="I50" s="47"/>
+      <c r="J50" s="47"/>
+      <c r="K50" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="L50" s="47">
+        <v>0</v>
+      </c>
+      <c r="M50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP50" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ50" s="47">
+        <v>1.6999999999999999E-3</v>
+      </c>
+      <c r="BR50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY50" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ50" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA50" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB50" s="47"/>
+      <c r="CC50" s="47"/>
+      <c r="CD50" s="47">
+        <v>0.92230000000000001</v>
       </c>
     </row>
     <row r="51" spans="1:82">
-      <c r="A51" s="46" t="s">
-        <v>177</v>
+      <c r="A51" t="s">
+        <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>180</v>
-[...227 lines deleted...]
-        <v>97</v>
+        <v>183</v>
+      </c>
+      <c r="C51" t="s">
+        <v>184</v>
+      </c>
+      <c r="D51" t="s">
+        <v>96</v>
+      </c>
+      <c r="F51" s="46">
+        <v>1</v>
+      </c>
+      <c r="G51" s="47"/>
+      <c r="H51" s="46">
+        <v>1</v>
+      </c>
+      <c r="I51" s="47"/>
+      <c r="J51" s="47"/>
+      <c r="K51" s="47">
+        <v>0</v>
+      </c>
+      <c r="L51" s="47">
+        <v>0</v>
+      </c>
+      <c r="M51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP51" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY51" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ51" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA51" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB51" s="47"/>
+      <c r="CC51" s="47"/>
+      <c r="CD51" s="47">
+        <v>7.8600000000000003E-2</v>
       </c>
     </row>
     <row r="52" spans="1:82">
-      <c r="A52" s="46" t="s">
-        <v>182</v>
+      <c r="A52" t="s">
+        <v>185</v>
       </c>
       <c r="B52" t="s">
-        <v>183</v>
-[...227 lines deleted...]
-        <v>0.11070000000000001</v>
+        <v>186</v>
+      </c>
+      <c r="C52" t="s">
+        <v>187</v>
+      </c>
+      <c r="D52" t="s">
+        <v>136</v>
+      </c>
+      <c r="F52" s="46">
+        <v>0</v>
+      </c>
+      <c r="G52" s="47"/>
+      <c r="H52" s="46">
+        <v>0</v>
+      </c>
+      <c r="I52" s="47"/>
+      <c r="J52" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K52" s="47">
+        <v>0</v>
+      </c>
+      <c r="L52" s="47">
+        <v>0</v>
+      </c>
+      <c r="M52" s="47">
+        <v>3.8800000000000001E-2</v>
+      </c>
+      <c r="N52" s="47">
+        <v>0</v>
+      </c>
+      <c r="O52" s="47">
+        <v>1.35E-2</v>
+      </c>
+      <c r="P52" s="47">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="47">
+        <v>1.9099999999999999E-2</v>
+      </c>
+      <c r="R52" s="47">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="S52" s="47">
+        <v>4.0599999999999997E-2</v>
+      </c>
+      <c r="T52" s="47">
+        <v>0</v>
+      </c>
+      <c r="U52" s="47">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="V52" s="47">
+        <v>3.1600000000000003E-2</v>
+      </c>
+      <c r="W52" s="47">
+        <v>4.0500000000000001E-2</v>
+      </c>
+      <c r="X52" s="47">
+        <v>0</v>
+      </c>
+      <c r="Y52" s="47">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AA52" s="47">
+        <v>2.81E-2</v>
+      </c>
+      <c r="AB52" s="47">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="AC52" s="47">
+        <v>4.2599999999999999E-2</v>
+      </c>
+      <c r="AD52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AE52" s="47">
+        <v>1.18E-2</v>
+      </c>
+      <c r="AF52" s="47">
+        <v>1.6199999999999999E-2</v>
+      </c>
+      <c r="AG52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AH52" s="47">
+        <v>1.43E-2</v>
+      </c>
+      <c r="AI52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AJ52" s="47">
+        <v>1.5699999999999999E-2</v>
+      </c>
+      <c r="AK52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AL52" s="47">
+        <v>8.8700000000000001E-2</v>
+      </c>
+      <c r="AM52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AN52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AO52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AP52" s="47">
+        <v>2.5000000000000001E-3</v>
+      </c>
+      <c r="AQ52" s="47">
+        <v>1.29E-2</v>
+      </c>
+      <c r="AR52" s="47">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="AS52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AT52" s="47">
+        <v>0.15290000000000001</v>
+      </c>
+      <c r="AU52" s="47">
+        <v>4.2099999999999999E-2</v>
+      </c>
+      <c r="AV52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AW52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AX52" s="47">
+        <v>7.1499999999999994E-2</v>
+      </c>
+      <c r="AY52" s="47">
+        <v>0</v>
+      </c>
+      <c r="AZ52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BA52" s="47">
+        <v>2.7799999999999998E-2</v>
+      </c>
+      <c r="BB52" s="47">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="BC52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BD52" s="47">
+        <v>3.49E-2</v>
+      </c>
+      <c r="BE52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BF52" s="47">
+        <v>2.9100000000000001E-2</v>
+      </c>
+      <c r="BG52" s="47">
+        <v>0.14680000000000001</v>
+      </c>
+      <c r="BH52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BI52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BJ52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BK52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BL52" s="47">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="BM52" s="47">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="BN52" s="47">
+        <v>3.8699999999999998E-2</v>
+      </c>
+      <c r="BO52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BP52" s="47">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="BQ52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY52" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ52" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA52" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB52" s="47"/>
+      <c r="CC52" s="47"/>
+      <c r="CD52" s="47">
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:82">
-      <c r="A53" s="46" t="s">
-        <v>185</v>
+      <c r="A53" t="s">
+        <v>188</v>
       </c>
       <c r="B53" t="s">
-        <v>186</v>
-[...227 lines deleted...]
-        <v>2.5000000000000001E-3</v>
+        <v>189</v>
+      </c>
+      <c r="C53" t="s">
+        <v>190</v>
+      </c>
+      <c r="D53" t="s">
+        <v>96</v>
+      </c>
+      <c r="F53" s="46">
+        <v>0</v>
+      </c>
+      <c r="G53" s="47"/>
+      <c r="H53" s="46">
+        <v>0</v>
+      </c>
+      <c r="I53" s="47"/>
+      <c r="J53" s="47"/>
+      <c r="K53" s="47">
+        <v>0</v>
+      </c>
+      <c r="L53" s="47">
+        <v>1</v>
+      </c>
+      <c r="M53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP53" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY53" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ53" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA53" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB53" s="47"/>
+      <c r="CC53" s="47"/>
+      <c r="CD53" s="47">
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:82">
-      <c r="A54" s="46" t="s">
-        <v>188</v>
+      <c r="A54" t="s">
+        <v>191</v>
       </c>
       <c r="B54" t="s">
-        <v>189</v>
-[...227 lines deleted...]
-        <v>0.13739999999999999</v>
+        <v>192</v>
+      </c>
+      <c r="C54" t="s">
+        <v>193</v>
+      </c>
+      <c r="D54" t="s">
+        <v>96</v>
+      </c>
+      <c r="F54" s="46">
+        <v>0</v>
+      </c>
+      <c r="G54" s="47"/>
+      <c r="H54" s="46">
+        <v>0</v>
+      </c>
+      <c r="I54" s="47"/>
+      <c r="J54" s="47"/>
+      <c r="K54" s="47">
+        <v>0</v>
+      </c>
+      <c r="L54" s="47">
+        <v>0</v>
+      </c>
+      <c r="M54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="N54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="O54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="P54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="R54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="S54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="T54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="U54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="V54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="W54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="X54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AE54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP54" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BR54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BS54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BT54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BU54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BV54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BW54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BX54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BY54" s="47">
+        <v>0</v>
+      </c>
+      <c r="BZ54" s="47">
+        <v>0</v>
+      </c>
+      <c r="CA54" s="47">
+        <v>0</v>
+      </c>
+      <c r="CB54" s="47"/>
+      <c r="CC54" s="47"/>
+      <c r="CD54" s="47">
+        <v>9.7999999999999997E-3</v>
       </c>
     </row>
     <row r="55" spans="1:82">
-      <c r="A55" s="46" t="s">
-[...232 lines deleted...]
-      </c>
+      <c r="F55" s="46"/>
+      <c r="G55" s="47"/>
+      <c r="H55" s="46"/>
+      <c r="I55" s="47"/>
+      <c r="J55" s="47"/>
+      <c r="K55" s="47"/>
+      <c r="L55" s="47"/>
+      <c r="M55" s="47"/>
+      <c r="N55" s="47"/>
+      <c r="O55" s="47"/>
+      <c r="P55" s="47"/>
+      <c r="Q55" s="47"/>
+      <c r="R55" s="47"/>
+      <c r="S55" s="47"/>
+      <c r="T55" s="47"/>
+      <c r="U55" s="47"/>
+      <c r="V55" s="47"/>
+      <c r="W55" s="47"/>
+      <c r="X55" s="47"/>
+      <c r="Y55" s="47"/>
+      <c r="Z55" s="47"/>
+      <c r="AA55" s="47"/>
+      <c r="AB55" s="47"/>
+      <c r="AC55" s="47"/>
+      <c r="AD55" s="47"/>
+      <c r="AE55" s="47"/>
+      <c r="AF55" s="47"/>
+      <c r="AG55" s="47"/>
+      <c r="AH55" s="47"/>
+      <c r="AI55" s="47"/>
+      <c r="AJ55" s="47"/>
+      <c r="AK55" s="47"/>
+      <c r="AL55" s="47"/>
+      <c r="AM55" s="47"/>
+      <c r="AN55" s="47"/>
+      <c r="AO55" s="47"/>
+      <c r="AP55" s="47"/>
+      <c r="AQ55" s="47"/>
+      <c r="AR55" s="47"/>
+      <c r="AS55" s="47"/>
+      <c r="AT55" s="47"/>
+      <c r="AU55" s="47"/>
+      <c r="AV55" s="47"/>
+      <c r="AW55" s="47"/>
+      <c r="AX55" s="47"/>
+      <c r="AY55" s="47"/>
+      <c r="AZ55" s="47"/>
+      <c r="BA55" s="47"/>
+      <c r="BB55" s="47"/>
+      <c r="BC55" s="47"/>
+      <c r="BD55" s="47"/>
+      <c r="BE55" s="47"/>
+      <c r="BF55" s="47"/>
+      <c r="BG55" s="47"/>
+      <c r="BH55" s="47"/>
+      <c r="BI55" s="47"/>
+      <c r="BJ55" s="47"/>
+      <c r="BK55" s="47"/>
+      <c r="BL55" s="47"/>
+      <c r="BM55" s="47"/>
+      <c r="BN55" s="47"/>
+      <c r="BO55" s="47"/>
+      <c r="BP55" s="47"/>
+      <c r="BQ55" s="47"/>
+      <c r="BR55" s="47"/>
+      <c r="BS55" s="47"/>
+      <c r="BT55" s="47"/>
+      <c r="BU55" s="47"/>
+      <c r="BV55" s="47"/>
+      <c r="BW55" s="47"/>
+      <c r="BX55" s="47"/>
+      <c r="BY55" s="47"/>
+      <c r="BZ55" s="47"/>
+      <c r="CA55" s="47"/>
+      <c r="CB55" s="47"/>
+      <c r="CC55" s="47"/>
+      <c r="CD55" s="47"/>
     </row>
     <row r="56" spans="1:82">
-      <c r="A56" s="46" t="s">
-[...232 lines deleted...]
-      </c>
+      <c r="F56" s="46"/>
+      <c r="G56" s="47"/>
+      <c r="H56" s="46"/>
+      <c r="I56" s="47"/>
+      <c r="J56" s="47"/>
+      <c r="K56" s="47"/>
+      <c r="L56" s="47"/>
+      <c r="M56" s="47"/>
+      <c r="N56" s="47"/>
+      <c r="O56" s="47"/>
+      <c r="P56" s="47"/>
+      <c r="Q56" s="47"/>
+      <c r="R56" s="47"/>
+      <c r="S56" s="47"/>
+      <c r="T56" s="47"/>
+      <c r="U56" s="47"/>
+      <c r="V56" s="47"/>
+      <c r="W56" s="47"/>
+      <c r="X56" s="47"/>
+      <c r="Y56" s="47"/>
+      <c r="Z56" s="47"/>
+      <c r="AA56" s="47"/>
+      <c r="AB56" s="47"/>
+      <c r="AC56" s="47"/>
+      <c r="AD56" s="47"/>
+      <c r="AE56" s="47"/>
+      <c r="AF56" s="47"/>
+      <c r="AG56" s="47"/>
+      <c r="AH56" s="47"/>
+      <c r="AI56" s="47"/>
+      <c r="AJ56" s="47"/>
+      <c r="AK56" s="47"/>
+      <c r="AL56" s="47"/>
+      <c r="AM56" s="47"/>
+      <c r="AN56" s="47"/>
+      <c r="AO56" s="47"/>
+      <c r="AP56" s="47"/>
+      <c r="AQ56" s="47"/>
+      <c r="AR56" s="47"/>
+      <c r="AS56" s="47"/>
+      <c r="AT56" s="47"/>
+      <c r="AU56" s="47"/>
+      <c r="AV56" s="47"/>
+      <c r="AW56" s="47"/>
+      <c r="AX56" s="47"/>
+      <c r="AY56" s="47"/>
+      <c r="AZ56" s="47"/>
+      <c r="BA56" s="47"/>
+      <c r="BB56" s="47"/>
+      <c r="BC56" s="47"/>
+      <c r="BD56" s="47"/>
+      <c r="BE56" s="47"/>
+      <c r="BF56" s="47"/>
+      <c r="BG56" s="47"/>
+      <c r="BH56" s="47"/>
+      <c r="BI56" s="47"/>
+      <c r="BJ56" s="47"/>
+      <c r="BK56" s="47"/>
+      <c r="BL56" s="47"/>
+      <c r="BM56" s="47"/>
+      <c r="BN56" s="47"/>
+      <c r="BO56" s="47"/>
+      <c r="BP56" s="47"/>
+      <c r="BQ56" s="47"/>
+      <c r="BR56" s="47"/>
+      <c r="BS56" s="47"/>
+      <c r="BT56" s="47"/>
+      <c r="BU56" s="47"/>
+      <c r="BV56" s="47"/>
+      <c r="BW56" s="47"/>
+      <c r="BX56" s="47"/>
+      <c r="BY56" s="47"/>
+      <c r="BZ56" s="47"/>
+      <c r="CA56" s="47"/>
+      <c r="CB56" s="47"/>
+      <c r="CC56" s="47"/>
+      <c r="CD56" s="47"/>
     </row>
     <row r="57" spans="1:82">
-      <c r="A57" s="46"/>
+      <c r="A57" s="48" t="s">
+        <v>194</v>
+      </c>
+      <c r="F57" s="46"/>
+      <c r="G57" s="47"/>
+      <c r="H57" s="46"/>
+      <c r="I57" s="47"/>
+      <c r="J57" s="47"/>
+      <c r="K57" s="47"/>
+      <c r="L57" s="47"/>
+      <c r="M57" s="47"/>
+      <c r="N57" s="47"/>
+      <c r="O57" s="47"/>
+      <c r="P57" s="47"/>
+      <c r="Q57" s="47"/>
+      <c r="R57" s="47"/>
+      <c r="S57" s="47"/>
+      <c r="T57" s="47"/>
+      <c r="U57" s="47"/>
+      <c r="V57" s="47"/>
+      <c r="W57" s="47"/>
+      <c r="X57" s="47"/>
+      <c r="Y57" s="47"/>
+      <c r="Z57" s="47"/>
+      <c r="AA57" s="47"/>
+      <c r="AB57" s="47"/>
+      <c r="AC57" s="47"/>
+      <c r="AD57" s="47"/>
+      <c r="AE57" s="47"/>
+      <c r="AF57" s="47"/>
+      <c r="AG57" s="47"/>
+      <c r="AH57" s="47"/>
+      <c r="AI57" s="47"/>
+      <c r="AJ57" s="47"/>
+      <c r="AK57" s="47"/>
+      <c r="AL57" s="47"/>
+      <c r="AM57" s="47"/>
+      <c r="AN57" s="47"/>
+      <c r="AO57" s="47"/>
+      <c r="AP57" s="47"/>
+      <c r="AQ57" s="47"/>
+      <c r="AR57" s="47"/>
+      <c r="AS57" s="47"/>
+      <c r="AT57" s="47"/>
+      <c r="AU57" s="47"/>
+      <c r="AV57" s="47"/>
+      <c r="AW57" s="47"/>
+      <c r="AX57" s="47"/>
+      <c r="AY57" s="47"/>
+      <c r="AZ57" s="47"/>
+      <c r="BA57" s="47"/>
+      <c r="BB57" s="47"/>
+      <c r="BC57" s="47"/>
+      <c r="BD57" s="47"/>
+      <c r="BE57" s="47"/>
+      <c r="BF57" s="47"/>
+      <c r="BG57" s="47"/>
+      <c r="BH57" s="47"/>
+      <c r="BI57" s="47"/>
+      <c r="BJ57" s="47"/>
+      <c r="BK57" s="47"/>
+      <c r="BL57" s="47"/>
+      <c r="BM57" s="47"/>
+      <c r="BN57" s="47"/>
+      <c r="BO57" s="47"/>
+      <c r="BP57" s="47"/>
+      <c r="BQ57" s="47"/>
+      <c r="BR57" s="47"/>
+      <c r="BS57" s="47"/>
+      <c r="BT57" s="47"/>
+      <c r="BU57" s="47"/>
+      <c r="BV57" s="47"/>
+      <c r="BW57" s="47"/>
+      <c r="BX57" s="47"/>
+      <c r="BY57" s="47"/>
+      <c r="BZ57" s="47"/>
+      <c r="CA57" s="47"/>
+      <c r="CB57" s="47"/>
+      <c r="CC57" s="47"/>
+      <c r="CD57" s="47"/>
+    </row>
+    <row r="58" spans="1:82">
+      <c r="A58" t="s">
+        <v>195</v>
+      </c>
+      <c r="B58" t="s">
+        <v>196</v>
+      </c>
+      <c r="C58" t="s">
+        <v>197</v>
+      </c>
+      <c r="F58" s="46"/>
+      <c r="G58" s="47"/>
+      <c r="H58" s="46"/>
+      <c r="I58" s="47"/>
+      <c r="J58" s="47"/>
+      <c r="K58" s="47"/>
+      <c r="L58" s="47"/>
+      <c r="M58" s="47"/>
+      <c r="N58" s="47"/>
+      <c r="O58" s="47"/>
+      <c r="P58" s="47"/>
+      <c r="Q58" s="47"/>
+      <c r="R58" s="47"/>
+      <c r="S58" s="47"/>
+      <c r="T58" s="47"/>
+      <c r="U58" s="47"/>
+      <c r="V58" s="47"/>
+      <c r="W58" s="47"/>
+      <c r="X58" s="47"/>
+      <c r="Y58" s="47"/>
+      <c r="Z58" s="47"/>
+      <c r="AA58" s="47"/>
+      <c r="AB58" s="47"/>
+      <c r="AC58" s="47"/>
+      <c r="AD58" s="47"/>
+      <c r="AE58" s="47"/>
+      <c r="AF58" s="47"/>
+      <c r="AG58" s="47"/>
+      <c r="AH58" s="47"/>
+      <c r="AI58" s="47"/>
+      <c r="AJ58" s="47"/>
+      <c r="AK58" s="47"/>
+      <c r="AL58" s="47"/>
+      <c r="AM58" s="47"/>
+      <c r="AN58" s="47"/>
+      <c r="AO58" s="47"/>
+      <c r="AP58" s="47"/>
+      <c r="AQ58" s="47"/>
+      <c r="AR58" s="47"/>
+      <c r="AS58" s="47"/>
+      <c r="AT58" s="47"/>
+      <c r="AU58" s="47"/>
+      <c r="AV58" s="47"/>
+      <c r="AW58" s="47"/>
+      <c r="AX58" s="47"/>
+      <c r="AY58" s="47"/>
+      <c r="AZ58" s="47"/>
+      <c r="BA58" s="47"/>
+      <c r="BB58" s="47"/>
+      <c r="BC58" s="47"/>
+      <c r="BD58" s="47"/>
+      <c r="BE58" s="47"/>
+      <c r="BF58" s="47"/>
+      <c r="BG58" s="47"/>
+      <c r="BH58" s="47"/>
+      <c r="BI58" s="47"/>
+      <c r="BJ58" s="47"/>
+      <c r="BK58" s="47"/>
+      <c r="BL58" s="47"/>
+      <c r="BM58" s="47"/>
+      <c r="BN58" s="47"/>
+      <c r="BO58" s="47"/>
+      <c r="BP58" s="47"/>
+      <c r="BQ58" s="47"/>
+      <c r="BR58" s="47"/>
+      <c r="BS58" s="47"/>
+      <c r="BT58" s="47"/>
+      <c r="BU58" s="47"/>
+      <c r="BV58" s="47"/>
+      <c r="BW58" s="47"/>
+      <c r="BX58" s="47"/>
+      <c r="BY58" s="47"/>
+      <c r="BZ58" s="47"/>
+      <c r="CA58" s="47"/>
+      <c r="CB58" s="47"/>
+      <c r="CC58" s="47"/>
+      <c r="CD58" s="47"/>
     </row>
     <row r="59" spans="1:82">
-      <c r="A59" s="53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A59" t="s">
+        <v>195</v>
+      </c>
+      <c r="B59" t="s">
+        <v>198</v>
+      </c>
+      <c r="C59" t="s">
+        <v>199</v>
+      </c>
+      <c r="F59" s="46"/>
+      <c r="G59" s="47"/>
+      <c r="H59" s="46"/>
+      <c r="I59" s="47"/>
+      <c r="J59" s="47"/>
+      <c r="K59" s="47"/>
+      <c r="L59" s="47"/>
+      <c r="M59" s="47"/>
+      <c r="N59" s="47"/>
+      <c r="O59" s="47"/>
+      <c r="P59" s="47"/>
+      <c r="Q59" s="47"/>
+      <c r="R59" s="47"/>
+      <c r="S59" s="47"/>
+      <c r="T59" s="47"/>
+      <c r="U59" s="47"/>
+      <c r="V59" s="47"/>
+      <c r="W59" s="47"/>
+      <c r="X59" s="47"/>
+      <c r="Y59" s="47"/>
+      <c r="Z59" s="47"/>
+      <c r="AA59" s="47"/>
+      <c r="AB59" s="47"/>
+      <c r="AC59" s="47"/>
+      <c r="AD59" s="47"/>
+      <c r="AE59" s="47"/>
+      <c r="AF59" s="47"/>
+      <c r="AG59" s="47"/>
+      <c r="AH59" s="47"/>
+      <c r="AI59" s="47"/>
+      <c r="AJ59" s="47"/>
+      <c r="AK59" s="47"/>
+      <c r="AL59" s="47"/>
+      <c r="AM59" s="47"/>
+      <c r="AN59" s="47"/>
+      <c r="AO59" s="47"/>
+      <c r="AP59" s="47"/>
+      <c r="AQ59" s="47"/>
+      <c r="AR59" s="47"/>
+      <c r="AS59" s="47"/>
+      <c r="AT59" s="47"/>
+      <c r="AU59" s="47"/>
+      <c r="AV59" s="47"/>
+      <c r="AW59" s="47"/>
+      <c r="AX59" s="47"/>
+      <c r="AY59" s="47"/>
+      <c r="AZ59" s="47"/>
+      <c r="BA59" s="47"/>
+      <c r="BB59" s="47"/>
+      <c r="BC59" s="47"/>
+      <c r="BD59" s="47"/>
+      <c r="BE59" s="47"/>
+      <c r="BF59" s="47"/>
+      <c r="BG59" s="47"/>
+      <c r="BH59" s="47"/>
+      <c r="BI59" s="47"/>
+      <c r="BJ59" s="47"/>
+      <c r="BK59" s="47"/>
+      <c r="BL59" s="47"/>
+      <c r="BM59" s="47"/>
+      <c r="BN59" s="47"/>
+      <c r="BO59" s="47"/>
+      <c r="BP59" s="47"/>
+      <c r="BQ59" s="47"/>
+      <c r="BR59" s="47"/>
+      <c r="BS59" s="47"/>
+      <c r="BT59" s="47"/>
+      <c r="BU59" s="47"/>
+      <c r="BV59" s="47"/>
+      <c r="BW59" s="47"/>
+      <c r="BX59" s="47"/>
+      <c r="BY59" s="47"/>
+      <c r="BZ59" s="47"/>
+      <c r="CA59" s="47"/>
+      <c r="CB59" s="47"/>
+      <c r="CC59" s="47"/>
+      <c r="CD59" s="47"/>
     </row>
     <row r="60" spans="1:82">
       <c r="A60" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B60" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C60" t="s">
-        <v>199</v>
-      </c>
+        <v>201</v>
+      </c>
+      <c r="F60" s="46"/>
+      <c r="G60" s="47"/>
+      <c r="H60" s="46"/>
+      <c r="I60" s="47"/>
+      <c r="J60" s="47"/>
+      <c r="K60" s="47"/>
+      <c r="L60" s="47"/>
+      <c r="M60" s="47"/>
+      <c r="N60" s="47"/>
+      <c r="O60" s="47"/>
+      <c r="P60" s="47"/>
+      <c r="Q60" s="47"/>
+      <c r="R60" s="47"/>
+      <c r="S60" s="47"/>
+      <c r="T60" s="47"/>
+      <c r="U60" s="47"/>
+      <c r="V60" s="47"/>
+      <c r="W60" s="47"/>
+      <c r="X60" s="47"/>
+      <c r="Y60" s="47"/>
+      <c r="Z60" s="47"/>
+      <c r="AA60" s="47"/>
+      <c r="AB60" s="47"/>
+      <c r="AC60" s="47"/>
+      <c r="AD60" s="47"/>
+      <c r="AE60" s="47"/>
+      <c r="AF60" s="47"/>
+      <c r="AG60" s="47"/>
+      <c r="AH60" s="47"/>
+      <c r="AI60" s="47"/>
+      <c r="AJ60" s="47"/>
+      <c r="AK60" s="47"/>
+      <c r="AL60" s="47"/>
+      <c r="AM60" s="47"/>
+      <c r="AN60" s="47"/>
+      <c r="AO60" s="47"/>
+      <c r="AP60" s="47"/>
+      <c r="AQ60" s="47"/>
+      <c r="AR60" s="47"/>
+      <c r="AS60" s="47"/>
+      <c r="AT60" s="47"/>
+      <c r="AU60" s="47"/>
+      <c r="AV60" s="47"/>
+      <c r="AW60" s="47"/>
+      <c r="AX60" s="47"/>
+      <c r="AY60" s="47"/>
+      <c r="AZ60" s="47"/>
+      <c r="BA60" s="47"/>
+      <c r="BB60" s="47"/>
+      <c r="BC60" s="47"/>
+      <c r="BD60" s="47"/>
+      <c r="BE60" s="47"/>
+      <c r="BF60" s="47"/>
+      <c r="BG60" s="47"/>
+      <c r="BH60" s="47"/>
+      <c r="BI60" s="47"/>
+      <c r="BJ60" s="47"/>
+      <c r="BK60" s="47"/>
+      <c r="BL60" s="47"/>
+      <c r="BM60" s="47"/>
+      <c r="BN60" s="47"/>
+      <c r="BO60" s="47"/>
+      <c r="BP60" s="47"/>
+      <c r="BQ60" s="47"/>
+      <c r="BR60" s="47"/>
+      <c r="BS60" s="47"/>
+      <c r="BT60" s="47"/>
+      <c r="BU60" s="47"/>
+      <c r="BV60" s="47"/>
+      <c r="BW60" s="47"/>
+      <c r="BX60" s="47"/>
+      <c r="BY60" s="47"/>
+      <c r="BZ60" s="47"/>
+      <c r="CA60" s="47"/>
+      <c r="CB60" s="47"/>
+      <c r="CC60" s="47"/>
+      <c r="CD60" s="47"/>
     </row>
     <row r="61" spans="1:82">
       <c r="A61" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B61" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C61" t="s">
-        <v>201</v>
-      </c>
+        <v>203</v>
+      </c>
+      <c r="F61" s="46"/>
+      <c r="G61" s="47"/>
+      <c r="H61" s="46"/>
+      <c r="I61" s="47"/>
+      <c r="J61" s="47"/>
+      <c r="K61" s="47"/>
+      <c r="L61" s="47"/>
+      <c r="M61" s="47"/>
+      <c r="N61" s="47"/>
+      <c r="O61" s="47"/>
+      <c r="P61" s="47"/>
+      <c r="Q61" s="47"/>
+      <c r="R61" s="47"/>
+      <c r="S61" s="47"/>
+      <c r="T61" s="47"/>
+      <c r="U61" s="47"/>
+      <c r="V61" s="47"/>
+      <c r="W61" s="47"/>
+      <c r="X61" s="47"/>
+      <c r="Y61" s="47"/>
+      <c r="Z61" s="47"/>
+      <c r="AA61" s="47"/>
+      <c r="AB61" s="47"/>
+      <c r="AC61" s="47"/>
+      <c r="AD61" s="47"/>
+      <c r="AE61" s="47"/>
+      <c r="AF61" s="47"/>
+      <c r="AG61" s="47"/>
+      <c r="AH61" s="47"/>
+      <c r="AI61" s="47"/>
+      <c r="AJ61" s="47"/>
+      <c r="AK61" s="47"/>
+      <c r="AL61" s="47"/>
+      <c r="AM61" s="47"/>
+      <c r="AN61" s="47"/>
+      <c r="AO61" s="47"/>
+      <c r="AP61" s="47"/>
+      <c r="AQ61" s="47"/>
+      <c r="AR61" s="47"/>
+      <c r="AS61" s="47"/>
+      <c r="AT61" s="47"/>
+      <c r="AU61" s="47"/>
+      <c r="AV61" s="47"/>
+      <c r="AW61" s="47"/>
+      <c r="AX61" s="47"/>
+      <c r="AY61" s="47"/>
+      <c r="AZ61" s="47"/>
+      <c r="BA61" s="47"/>
+      <c r="BB61" s="47"/>
+      <c r="BC61" s="47"/>
+      <c r="BD61" s="47"/>
+      <c r="BE61" s="47"/>
+      <c r="BF61" s="47"/>
+      <c r="BG61" s="47"/>
+      <c r="BH61" s="47"/>
+      <c r="BI61" s="47"/>
+      <c r="BJ61" s="47"/>
+      <c r="BK61" s="47"/>
+      <c r="BL61" s="47"/>
+      <c r="BM61" s="47"/>
+      <c r="BN61" s="47"/>
+      <c r="BO61" s="47"/>
+      <c r="BP61" s="47"/>
+      <c r="BQ61" s="47"/>
+      <c r="BR61" s="47"/>
+      <c r="BS61" s="47"/>
+      <c r="BT61" s="47"/>
+      <c r="BU61" s="47"/>
+      <c r="BV61" s="47"/>
+      <c r="BW61" s="47"/>
+      <c r="BX61" s="47"/>
+      <c r="BY61" s="47"/>
+      <c r="BZ61" s="47"/>
+      <c r="CA61" s="47"/>
+      <c r="CB61" s="47"/>
+      <c r="CC61" s="47"/>
+      <c r="CD61" s="47"/>
     </row>
     <row r="62" spans="1:82">
       <c r="A62" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B62" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C62" t="s">
-        <v>203</v>
-      </c>
+        <v>205</v>
+      </c>
+      <c r="F62" s="46"/>
+      <c r="G62" s="47"/>
+      <c r="H62" s="46"/>
+      <c r="I62" s="47"/>
+      <c r="J62" s="47"/>
+      <c r="K62" s="47"/>
+      <c r="L62" s="47"/>
+      <c r="M62" s="47"/>
+      <c r="N62" s="47"/>
+      <c r="O62" s="47"/>
+      <c r="P62" s="47"/>
+      <c r="Q62" s="47"/>
+      <c r="R62" s="47"/>
+      <c r="S62" s="47"/>
+      <c r="T62" s="47"/>
+      <c r="U62" s="47"/>
+      <c r="V62" s="47"/>
+      <c r="W62" s="47"/>
+      <c r="X62" s="47"/>
+      <c r="Y62" s="47"/>
+      <c r="Z62" s="47"/>
+      <c r="AA62" s="47"/>
+      <c r="AB62" s="47"/>
+      <c r="AC62" s="47"/>
+      <c r="AD62" s="47"/>
+      <c r="AE62" s="47"/>
+      <c r="AF62" s="47"/>
+      <c r="AG62" s="47"/>
+      <c r="AH62" s="47"/>
+      <c r="AI62" s="47"/>
+      <c r="AJ62" s="47"/>
+      <c r="AK62" s="47"/>
+      <c r="AL62" s="47"/>
+      <c r="AM62" s="47"/>
+      <c r="AN62" s="47"/>
+      <c r="AO62" s="47"/>
+      <c r="AP62" s="47"/>
+      <c r="AQ62" s="47"/>
+      <c r="AR62" s="47"/>
+      <c r="AS62" s="47"/>
+      <c r="AT62" s="47"/>
+      <c r="AU62" s="47"/>
+      <c r="AV62" s="47"/>
+      <c r="AW62" s="47"/>
+      <c r="AX62" s="47"/>
+      <c r="AY62" s="47"/>
+      <c r="AZ62" s="47"/>
+      <c r="BA62" s="47"/>
+      <c r="BB62" s="47"/>
+      <c r="BC62" s="47"/>
+      <c r="BD62" s="47"/>
+      <c r="BE62" s="47"/>
+      <c r="BF62" s="47"/>
+      <c r="BG62" s="47"/>
+      <c r="BH62" s="47"/>
+      <c r="BI62" s="47"/>
+      <c r="BJ62" s="47"/>
+      <c r="BK62" s="47"/>
+      <c r="BL62" s="47"/>
+      <c r="BM62" s="47"/>
+      <c r="BN62" s="47"/>
+      <c r="BO62" s="47"/>
+      <c r="BP62" s="47"/>
+      <c r="BQ62" s="47"/>
+      <c r="BR62" s="47"/>
+      <c r="BS62" s="47"/>
+      <c r="BT62" s="47"/>
+      <c r="BU62" s="47"/>
+      <c r="BV62" s="47"/>
+      <c r="BW62" s="47"/>
+      <c r="BX62" s="47"/>
+      <c r="BY62" s="47"/>
+      <c r="BZ62" s="47"/>
+      <c r="CA62" s="47"/>
+      <c r="CB62" s="47"/>
+      <c r="CC62" s="47"/>
+      <c r="CD62" s="47"/>
     </row>
     <row r="63" spans="1:82">
       <c r="A63" t="s">
-        <v>197</v>
+        <v>93</v>
       </c>
       <c r="B63" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C63" t="s">
-        <v>205</v>
-      </c>
+        <v>207</v>
+      </c>
+      <c r="F63" s="46"/>
+      <c r="G63" s="47"/>
+      <c r="H63" s="46"/>
+      <c r="I63" s="47"/>
+      <c r="J63" s="47"/>
+      <c r="K63" s="47"/>
+      <c r="L63" s="47"/>
+      <c r="M63" s="47"/>
+      <c r="N63" s="47"/>
+      <c r="O63" s="47"/>
+      <c r="P63" s="47"/>
+      <c r="Q63" s="47"/>
+      <c r="R63" s="47"/>
+      <c r="S63" s="47"/>
+      <c r="T63" s="47"/>
+      <c r="U63" s="47"/>
+      <c r="V63" s="47"/>
+      <c r="W63" s="47"/>
+      <c r="X63" s="47"/>
+      <c r="Y63" s="47"/>
+      <c r="Z63" s="47"/>
+      <c r="AA63" s="47"/>
+      <c r="AB63" s="47"/>
+      <c r="AC63" s="47"/>
+      <c r="AD63" s="47"/>
+      <c r="AE63" s="47"/>
+      <c r="AF63" s="47"/>
+      <c r="AG63" s="47"/>
+      <c r="AH63" s="47"/>
+      <c r="AI63" s="47"/>
+      <c r="AJ63" s="47"/>
+      <c r="AK63" s="47"/>
+      <c r="AL63" s="47"/>
+      <c r="AM63" s="47"/>
+      <c r="AN63" s="47"/>
+      <c r="AO63" s="47"/>
+      <c r="AP63" s="47"/>
+      <c r="AQ63" s="47"/>
+      <c r="AR63" s="47"/>
+      <c r="AS63" s="47"/>
+      <c r="AT63" s="47"/>
+      <c r="AU63" s="47"/>
+      <c r="AV63" s="47"/>
+      <c r="AW63" s="47"/>
+      <c r="AX63" s="47"/>
+      <c r="AY63" s="47"/>
+      <c r="AZ63" s="47"/>
+      <c r="BA63" s="47"/>
+      <c r="BB63" s="47"/>
+      <c r="BC63" s="47"/>
+      <c r="BD63" s="47"/>
+      <c r="BE63" s="47"/>
+      <c r="BF63" s="47"/>
+      <c r="BG63" s="47"/>
+      <c r="BH63" s="47"/>
+      <c r="BI63" s="47"/>
+      <c r="BJ63" s="47"/>
+      <c r="BK63" s="47"/>
+      <c r="BL63" s="47"/>
+      <c r="BM63" s="47"/>
+      <c r="BN63" s="47"/>
+      <c r="BO63" s="47"/>
+      <c r="BP63" s="47"/>
+      <c r="BQ63" s="47"/>
+      <c r="BR63" s="47"/>
+      <c r="BS63" s="47"/>
+      <c r="BT63" s="47"/>
+      <c r="BU63" s="47"/>
+      <c r="BV63" s="47"/>
+      <c r="BW63" s="47"/>
+      <c r="BX63" s="47"/>
+      <c r="BY63" s="47"/>
+      <c r="BZ63" s="47"/>
+      <c r="CA63" s="47"/>
+      <c r="CB63" s="47"/>
+      <c r="CC63" s="47"/>
+      <c r="CD63" s="47"/>
     </row>
     <row r="64" spans="1:82">
       <c r="A64" t="s">
-        <v>206</v>
+        <v>93</v>
       </c>
       <c r="B64" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C64" t="s">
-        <v>208</v>
-      </c>
+        <v>209</v>
+      </c>
+      <c r="F64" s="46"/>
+      <c r="G64" s="47"/>
+      <c r="H64" s="46"/>
+      <c r="I64" s="47"/>
+      <c r="J64" s="47"/>
+      <c r="K64" s="47"/>
+      <c r="L64" s="47"/>
+      <c r="M64" s="47"/>
+      <c r="N64" s="47"/>
+      <c r="O64" s="47"/>
+      <c r="P64" s="47"/>
+      <c r="Q64" s="47"/>
+      <c r="R64" s="47"/>
+      <c r="S64" s="47"/>
+      <c r="T64" s="47"/>
+      <c r="U64" s="47"/>
+      <c r="V64" s="47"/>
+      <c r="W64" s="47"/>
+      <c r="X64" s="47"/>
+      <c r="Y64" s="47"/>
+      <c r="Z64" s="47"/>
+      <c r="AA64" s="47"/>
+      <c r="AB64" s="47"/>
+      <c r="AC64" s="47"/>
+      <c r="AD64" s="47"/>
+      <c r="AE64" s="47"/>
+      <c r="AF64" s="47"/>
+      <c r="AG64" s="47"/>
+      <c r="AH64" s="47"/>
+      <c r="AI64" s="47"/>
+      <c r="AJ64" s="47"/>
+      <c r="AK64" s="47"/>
+      <c r="AL64" s="47"/>
+      <c r="AM64" s="47"/>
+      <c r="AN64" s="47"/>
+      <c r="AO64" s="47"/>
+      <c r="AP64" s="47"/>
+      <c r="AQ64" s="47"/>
+      <c r="AR64" s="47"/>
+      <c r="AS64" s="47"/>
+      <c r="AT64" s="47"/>
+      <c r="AU64" s="47"/>
+      <c r="AV64" s="47"/>
+      <c r="AW64" s="47"/>
+      <c r="AX64" s="47"/>
+      <c r="AY64" s="47"/>
+      <c r="AZ64" s="47"/>
+      <c r="BA64" s="47"/>
+      <c r="BB64" s="47"/>
+      <c r="BC64" s="47"/>
+      <c r="BD64" s="47"/>
+      <c r="BE64" s="47"/>
+      <c r="BF64" s="47"/>
+      <c r="BG64" s="47"/>
+      <c r="BH64" s="47"/>
+      <c r="BI64" s="47"/>
+      <c r="BJ64" s="47"/>
+      <c r="BK64" s="47"/>
+      <c r="BL64" s="47"/>
+      <c r="BM64" s="47"/>
+      <c r="BN64" s="47"/>
+      <c r="BO64" s="47"/>
+      <c r="BP64" s="47"/>
+      <c r="BQ64" s="47"/>
+      <c r="BR64" s="47"/>
+      <c r="BS64" s="47"/>
+      <c r="BT64" s="47"/>
+      <c r="BU64" s="47"/>
+      <c r="BV64" s="47"/>
+      <c r="BW64" s="47"/>
+      <c r="BX64" s="47"/>
+      <c r="BY64" s="47"/>
+      <c r="BZ64" s="47"/>
+      <c r="CA64" s="47"/>
+      <c r="CB64" s="47"/>
+      <c r="CC64" s="47"/>
+      <c r="CD64" s="47"/>
     </row>
-    <row r="65" spans="1:13">
+    <row r="65" spans="1:82">
       <c r="A65" t="s">
-        <v>206</v>
+        <v>93</v>
       </c>
       <c r="B65" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C65" t="s">
-        <v>210</v>
-      </c>
+        <v>211</v>
+      </c>
+      <c r="F65" s="46"/>
+      <c r="G65" s="47"/>
+      <c r="H65" s="46"/>
+      <c r="I65" s="47"/>
+      <c r="J65" s="47"/>
+      <c r="K65" s="47"/>
+      <c r="L65" s="47"/>
+      <c r="M65" s="47"/>
+      <c r="N65" s="47"/>
+      <c r="O65" s="47"/>
+      <c r="P65" s="47"/>
+      <c r="Q65" s="47"/>
+      <c r="R65" s="47"/>
+      <c r="S65" s="47"/>
+      <c r="T65" s="47"/>
+      <c r="U65" s="47"/>
+      <c r="V65" s="47"/>
+      <c r="W65" s="47"/>
+      <c r="X65" s="47"/>
+      <c r="Y65" s="47"/>
+      <c r="Z65" s="47"/>
+      <c r="AA65" s="47"/>
+      <c r="AB65" s="47"/>
+      <c r="AC65" s="47"/>
+      <c r="AD65" s="47"/>
+      <c r="AE65" s="47"/>
+      <c r="AF65" s="47"/>
+      <c r="AG65" s="47"/>
+      <c r="AH65" s="47"/>
+      <c r="AI65" s="47"/>
+      <c r="AJ65" s="47"/>
+      <c r="AK65" s="47"/>
+      <c r="AL65" s="47"/>
+      <c r="AM65" s="47"/>
+      <c r="AN65" s="47"/>
+      <c r="AO65" s="47"/>
+      <c r="AP65" s="47"/>
+      <c r="AQ65" s="47"/>
+      <c r="AR65" s="47"/>
+      <c r="AS65" s="47"/>
+      <c r="AT65" s="47"/>
+      <c r="AU65" s="47"/>
+      <c r="AV65" s="47"/>
+      <c r="AW65" s="47"/>
+      <c r="AX65" s="47"/>
+      <c r="AY65" s="47"/>
+      <c r="AZ65" s="47"/>
+      <c r="BA65" s="47"/>
+      <c r="BB65" s="47"/>
+      <c r="BC65" s="47"/>
+      <c r="BD65" s="47"/>
+      <c r="BE65" s="47"/>
+      <c r="BF65" s="47"/>
+      <c r="BG65" s="47"/>
+      <c r="BH65" s="47"/>
+      <c r="BI65" s="47"/>
+      <c r="BJ65" s="47"/>
+      <c r="BK65" s="47"/>
+      <c r="BL65" s="47"/>
+      <c r="BM65" s="47"/>
+      <c r="BN65" s="47"/>
+      <c r="BO65" s="47"/>
+      <c r="BP65" s="47"/>
+      <c r="BQ65" s="47"/>
+      <c r="BR65" s="47"/>
+      <c r="BS65" s="47"/>
+      <c r="BT65" s="47"/>
+      <c r="BU65" s="47"/>
+      <c r="BV65" s="47"/>
+      <c r="BW65" s="47"/>
+      <c r="BX65" s="47"/>
+      <c r="BY65" s="47"/>
+      <c r="BZ65" s="47"/>
+      <c r="CA65" s="47"/>
+      <c r="CB65" s="47"/>
+      <c r="CC65" s="47"/>
+      <c r="CD65" s="47"/>
     </row>
-    <row r="66" spans="1:13">
+    <row r="66" spans="1:82">
       <c r="A66" t="s">
-        <v>206</v>
+        <v>93</v>
       </c>
       <c r="B66" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C66" t="s">
-        <v>212</v>
-      </c>
+        <v>213</v>
+      </c>
+      <c r="F66" s="46"/>
+      <c r="G66" s="47"/>
+      <c r="H66" s="46"/>
+      <c r="I66" s="47"/>
+      <c r="J66" s="47"/>
+      <c r="K66" s="47"/>
+      <c r="L66" s="47"/>
+      <c r="M66" s="47"/>
+      <c r="N66" s="47"/>
+      <c r="O66" s="47"/>
+      <c r="P66" s="47"/>
+      <c r="Q66" s="47"/>
+      <c r="R66" s="47"/>
+      <c r="S66" s="47"/>
+      <c r="T66" s="47"/>
+      <c r="U66" s="47"/>
+      <c r="V66" s="47"/>
+      <c r="W66" s="47"/>
+      <c r="X66" s="47"/>
+      <c r="Y66" s="47"/>
+      <c r="Z66" s="47"/>
+      <c r="AA66" s="47"/>
+      <c r="AB66" s="47"/>
+      <c r="AC66" s="47"/>
+      <c r="AD66" s="47"/>
+      <c r="AE66" s="47"/>
+      <c r="AF66" s="47"/>
+      <c r="AG66" s="47"/>
+      <c r="AH66" s="47"/>
+      <c r="AI66" s="47"/>
+      <c r="AJ66" s="47"/>
+      <c r="AK66" s="47"/>
+      <c r="AL66" s="47"/>
+      <c r="AM66" s="47"/>
+      <c r="AN66" s="47"/>
+      <c r="AO66" s="47"/>
+      <c r="AP66" s="47"/>
+      <c r="AQ66" s="47"/>
+      <c r="AR66" s="47"/>
+      <c r="AS66" s="47"/>
+      <c r="AT66" s="47"/>
+      <c r="AU66" s="47"/>
+      <c r="AV66" s="47"/>
+      <c r="AW66" s="47"/>
+      <c r="AX66" s="47"/>
+      <c r="AY66" s="47"/>
+      <c r="AZ66" s="47"/>
+      <c r="BA66" s="47"/>
+      <c r="BB66" s="47"/>
+      <c r="BC66" s="47"/>
+      <c r="BD66" s="47"/>
+      <c r="BE66" s="47"/>
+      <c r="BF66" s="47"/>
+      <c r="BG66" s="47"/>
+      <c r="BH66" s="47"/>
+      <c r="BI66" s="47"/>
+      <c r="BJ66" s="47"/>
+      <c r="BK66" s="47"/>
+      <c r="BL66" s="47"/>
+      <c r="BM66" s="47"/>
+      <c r="BN66" s="47"/>
+      <c r="BO66" s="47"/>
+      <c r="BP66" s="47"/>
+      <c r="BQ66" s="47"/>
+      <c r="BR66" s="47"/>
+      <c r="BS66" s="47"/>
+      <c r="BT66" s="47"/>
+      <c r="BU66" s="47"/>
+      <c r="BV66" s="47"/>
+      <c r="BW66" s="47"/>
+      <c r="BX66" s="47"/>
+      <c r="BY66" s="47"/>
+      <c r="BZ66" s="47"/>
+      <c r="CA66" s="47"/>
+      <c r="CB66" s="47"/>
+      <c r="CC66" s="47"/>
+      <c r="CD66" s="47"/>
     </row>
-    <row r="67" spans="1:13">
+    <row r="67" spans="1:82">
       <c r="A67" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B67" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C67" t="s">
-        <v>214</v>
-      </c>
+        <v>216</v>
+      </c>
+      <c r="F67" s="46"/>
+      <c r="G67" s="47"/>
+      <c r="H67" s="46"/>
+      <c r="I67" s="47"/>
+      <c r="J67" s="47"/>
+      <c r="K67" s="47"/>
+      <c r="L67" s="47"/>
+      <c r="M67" s="47"/>
+      <c r="N67" s="47"/>
+      <c r="O67" s="47"/>
+      <c r="P67" s="47"/>
+      <c r="Q67" s="47"/>
+      <c r="R67" s="47"/>
+      <c r="S67" s="47"/>
+      <c r="T67" s="47"/>
+      <c r="U67" s="47"/>
+      <c r="V67" s="47"/>
+      <c r="W67" s="47"/>
+      <c r="X67" s="47"/>
+      <c r="Y67" s="47"/>
+      <c r="Z67" s="47"/>
+      <c r="AA67" s="47"/>
+      <c r="AB67" s="47"/>
+      <c r="AC67" s="47"/>
+      <c r="AD67" s="47"/>
+      <c r="AE67" s="47"/>
+      <c r="AF67" s="47"/>
+      <c r="AG67" s="47"/>
+      <c r="AH67" s="47"/>
+      <c r="AI67" s="47"/>
+      <c r="AJ67" s="47"/>
+      <c r="AK67" s="47"/>
+      <c r="AL67" s="47"/>
+      <c r="AM67" s="47"/>
+      <c r="AN67" s="47"/>
+      <c r="AO67" s="47"/>
+      <c r="AP67" s="47"/>
+      <c r="AQ67" s="47"/>
+      <c r="AR67" s="47"/>
+      <c r="AS67" s="47"/>
+      <c r="AT67" s="47"/>
+      <c r="AU67" s="47"/>
+      <c r="AV67" s="47"/>
+      <c r="AW67" s="47"/>
+      <c r="AX67" s="47"/>
+      <c r="AY67" s="47"/>
+      <c r="AZ67" s="47"/>
+      <c r="BA67" s="47"/>
+      <c r="BB67" s="47"/>
+      <c r="BC67" s="47"/>
+      <c r="BD67" s="47"/>
+      <c r="BE67" s="47"/>
+      <c r="BF67" s="47"/>
+      <c r="BG67" s="47"/>
+      <c r="BH67" s="47"/>
+      <c r="BI67" s="47"/>
+      <c r="BJ67" s="47"/>
+      <c r="BK67" s="47"/>
+      <c r="BL67" s="47"/>
+      <c r="BM67" s="47"/>
+      <c r="BN67" s="47"/>
+      <c r="BO67" s="47"/>
+      <c r="BP67" s="47"/>
+      <c r="BQ67" s="47"/>
+      <c r="BR67" s="47"/>
+      <c r="BS67" s="47"/>
+      <c r="BT67" s="47"/>
+      <c r="BU67" s="47"/>
+      <c r="BV67" s="47"/>
+      <c r="BW67" s="47"/>
+      <c r="BX67" s="47"/>
+      <c r="BY67" s="47"/>
+      <c r="BZ67" s="47"/>
+      <c r="CA67" s="47"/>
+      <c r="CB67" s="47"/>
+      <c r="CC67" s="47"/>
+      <c r="CD67" s="47"/>
     </row>
-    <row r="68" spans="1:13">
+    <row r="68" spans="1:82">
       <c r="A68" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="B68" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C68" t="s">
-        <v>216</v>
-      </c>
+        <v>219</v>
+      </c>
+      <c r="F68" s="46"/>
+      <c r="G68" s="47"/>
+      <c r="H68" s="46"/>
+      <c r="I68" s="47"/>
+      <c r="J68" s="47"/>
+      <c r="K68" s="47"/>
+      <c r="L68" s="47"/>
+      <c r="M68" s="47"/>
+      <c r="N68" s="47"/>
+      <c r="O68" s="47"/>
+      <c r="P68" s="47"/>
+      <c r="Q68" s="47"/>
+      <c r="R68" s="47"/>
+      <c r="S68" s="47"/>
+      <c r="T68" s="47"/>
+      <c r="U68" s="47"/>
+      <c r="V68" s="47"/>
+      <c r="W68" s="47"/>
+      <c r="X68" s="47"/>
+      <c r="Y68" s="47"/>
+      <c r="Z68" s="47"/>
+      <c r="AA68" s="47"/>
+      <c r="AB68" s="47"/>
+      <c r="AC68" s="47"/>
+      <c r="AD68" s="47"/>
+      <c r="AE68" s="47"/>
+      <c r="AF68" s="47"/>
+      <c r="AG68" s="47"/>
+      <c r="AH68" s="47"/>
+      <c r="AI68" s="47"/>
+      <c r="AJ68" s="47"/>
+      <c r="AK68" s="47"/>
+      <c r="AL68" s="47"/>
+      <c r="AM68" s="47"/>
+      <c r="AN68" s="47"/>
+      <c r="AO68" s="47"/>
+      <c r="AP68" s="47"/>
+      <c r="AQ68" s="47"/>
+      <c r="AR68" s="47"/>
+      <c r="AS68" s="47"/>
+      <c r="AT68" s="47"/>
+      <c r="AU68" s="47"/>
+      <c r="AV68" s="47"/>
+      <c r="AW68" s="47"/>
+      <c r="AX68" s="47"/>
+      <c r="AY68" s="47"/>
+      <c r="AZ68" s="47"/>
+      <c r="BA68" s="47"/>
+      <c r="BB68" s="47"/>
+      <c r="BC68" s="47"/>
+      <c r="BD68" s="47"/>
+      <c r="BE68" s="47"/>
+      <c r="BF68" s="47"/>
+      <c r="BG68" s="47"/>
+      <c r="BH68" s="47"/>
+      <c r="BI68" s="47"/>
+      <c r="BJ68" s="47"/>
+      <c r="BK68" s="47"/>
+      <c r="BL68" s="47"/>
+      <c r="BM68" s="47"/>
+      <c r="BN68" s="47"/>
+      <c r="BO68" s="47"/>
+      <c r="BP68" s="47"/>
+      <c r="BQ68" s="47"/>
+      <c r="BR68" s="47"/>
+      <c r="BS68" s="47"/>
+      <c r="BT68" s="47"/>
+      <c r="BU68" s="47"/>
+      <c r="BV68" s="47"/>
+      <c r="BW68" s="47"/>
+      <c r="BX68" s="47"/>
+      <c r="BY68" s="47"/>
+      <c r="BZ68" s="47"/>
+      <c r="CA68" s="47"/>
+      <c r="CB68" s="47"/>
+      <c r="CC68" s="47"/>
+      <c r="CD68" s="47"/>
     </row>
-    <row r="69" spans="1:13">
+    <row r="69" spans="1:82">
       <c r="A69" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B69" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C69" t="s">
-        <v>219</v>
-      </c>
+        <v>222</v>
+      </c>
+      <c r="F69" s="46"/>
+      <c r="G69" s="47"/>
+      <c r="H69" s="46"/>
+      <c r="I69" s="47"/>
+      <c r="J69" s="47"/>
+      <c r="K69" s="47"/>
+      <c r="L69" s="47"/>
+      <c r="M69" s="47"/>
+      <c r="N69" s="47"/>
+      <c r="O69" s="47"/>
+      <c r="P69" s="47"/>
+      <c r="Q69" s="47"/>
+      <c r="R69" s="47"/>
+      <c r="S69" s="47"/>
+      <c r="T69" s="47"/>
+      <c r="U69" s="47"/>
+      <c r="V69" s="47"/>
+      <c r="W69" s="47"/>
+      <c r="X69" s="47"/>
+      <c r="Y69" s="47"/>
+      <c r="Z69" s="47"/>
+      <c r="AA69" s="47"/>
+      <c r="AB69" s="47"/>
+      <c r="AC69" s="47"/>
+      <c r="AD69" s="47"/>
+      <c r="AE69" s="47"/>
+      <c r="AF69" s="47"/>
+      <c r="AG69" s="47"/>
+      <c r="AH69" s="47"/>
+      <c r="AI69" s="47"/>
+      <c r="AJ69" s="47"/>
+      <c r="AK69" s="47"/>
+      <c r="AL69" s="47"/>
+      <c r="AM69" s="47"/>
+      <c r="AN69" s="47"/>
+      <c r="AO69" s="47"/>
+      <c r="AP69" s="47"/>
+      <c r="AQ69" s="47"/>
+      <c r="AR69" s="47"/>
+      <c r="AS69" s="47"/>
+      <c r="AT69" s="47"/>
+      <c r="AU69" s="47"/>
+      <c r="AV69" s="47"/>
+      <c r="AW69" s="47"/>
+      <c r="AX69" s="47"/>
+      <c r="AY69" s="47"/>
+      <c r="AZ69" s="47"/>
+      <c r="BA69" s="47"/>
+      <c r="BB69" s="47"/>
+      <c r="BC69" s="47"/>
+      <c r="BD69" s="47"/>
+      <c r="BE69" s="47"/>
+      <c r="BF69" s="47"/>
+      <c r="BG69" s="47"/>
+      <c r="BH69" s="47"/>
+      <c r="BI69" s="47"/>
+      <c r="BJ69" s="47"/>
+      <c r="BK69" s="47"/>
+      <c r="BL69" s="47"/>
+      <c r="BM69" s="47"/>
+      <c r="BN69" s="47"/>
+      <c r="BO69" s="47"/>
+      <c r="BP69" s="47"/>
+      <c r="BQ69" s="47"/>
+      <c r="BR69" s="47"/>
+      <c r="BS69" s="47"/>
+      <c r="BT69" s="47"/>
+      <c r="BU69" s="47"/>
+      <c r="BV69" s="47"/>
+      <c r="BW69" s="47"/>
+      <c r="BX69" s="47"/>
+      <c r="BY69" s="47"/>
+      <c r="BZ69" s="47"/>
+      <c r="CA69" s="47"/>
+      <c r="CB69" s="47"/>
+      <c r="CC69" s="47"/>
+      <c r="CD69" s="47"/>
     </row>
-    <row r="70" spans="1:13">
+    <row r="70" spans="1:82">
       <c r="A70" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B70" t="s">
+        <v>223</v>
+      </c>
+      <c r="C70" t="s">
+        <v>224</v>
+      </c>
+      <c r="F70" s="46"/>
+      <c r="G70" s="47"/>
+      <c r="H70" s="46"/>
+      <c r="I70" s="47"/>
+      <c r="J70" s="47"/>
+      <c r="K70" s="47"/>
+      <c r="L70" s="47"/>
+      <c r="M70" s="47"/>
+      <c r="N70" s="47"/>
+      <c r="O70" s="47"/>
+      <c r="P70" s="47"/>
+      <c r="Q70" s="47"/>
+      <c r="R70" s="47"/>
+      <c r="S70" s="47"/>
+      <c r="T70" s="47"/>
+      <c r="U70" s="47"/>
+      <c r="V70" s="47"/>
+      <c r="W70" s="47"/>
+      <c r="X70" s="47"/>
+      <c r="Y70" s="47"/>
+      <c r="Z70" s="47"/>
+      <c r="AA70" s="47"/>
+      <c r="AB70" s="47"/>
+      <c r="AC70" s="47"/>
+      <c r="AD70" s="47"/>
+      <c r="AE70" s="47"/>
+      <c r="AF70" s="47"/>
+      <c r="AG70" s="47"/>
+      <c r="AH70" s="47"/>
+      <c r="AI70" s="47"/>
+      <c r="AJ70" s="47"/>
+      <c r="AK70" s="47"/>
+      <c r="AL70" s="47"/>
+      <c r="AM70" s="47"/>
+      <c r="AN70" s="47"/>
+      <c r="AO70" s="47"/>
+      <c r="AP70" s="47"/>
+      <c r="AQ70" s="47"/>
+      <c r="AR70" s="47"/>
+      <c r="AS70" s="47"/>
+      <c r="AT70" s="47"/>
+      <c r="AU70" s="47"/>
+      <c r="AV70" s="47"/>
+      <c r="AW70" s="47"/>
+      <c r="AX70" s="47"/>
+      <c r="AY70" s="47"/>
+      <c r="AZ70" s="47"/>
+      <c r="BA70" s="47"/>
+      <c r="BB70" s="47"/>
+      <c r="BC70" s="47"/>
+      <c r="BD70" s="47"/>
+      <c r="BE70" s="47"/>
+      <c r="BF70" s="47"/>
+      <c r="BG70" s="47"/>
+      <c r="BH70" s="47"/>
+      <c r="BI70" s="47"/>
+      <c r="BJ70" s="47"/>
+      <c r="BK70" s="47"/>
+      <c r="BL70" s="47"/>
+      <c r="BM70" s="47"/>
+      <c r="BN70" s="47"/>
+      <c r="BO70" s="47"/>
+      <c r="BP70" s="47"/>
+      <c r="BQ70" s="47"/>
+      <c r="BR70" s="47"/>
+      <c r="BS70" s="47"/>
+      <c r="BT70" s="47"/>
+      <c r="BU70" s="47"/>
+      <c r="BV70" s="47"/>
+      <c r="BW70" s="47"/>
+      <c r="BX70" s="47"/>
+      <c r="BY70" s="47"/>
+      <c r="BZ70" s="47"/>
+      <c r="CA70" s="47"/>
+      <c r="CB70" s="47"/>
+      <c r="CC70" s="47"/>
+      <c r="CD70" s="47"/>
+    </row>
+    <row r="71" spans="1:82">
+      <c r="A71" t="s">
         <v>220</v>
       </c>
-      <c r="C70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B71" t="s">
+        <v>225</v>
+      </c>
+      <c r="C71" t="s">
+        <v>226</v>
+      </c>
+      <c r="F71" s="46"/>
+      <c r="G71" s="47"/>
+      <c r="H71" s="46"/>
+      <c r="I71" s="47"/>
+      <c r="J71" s="47"/>
+      <c r="K71" s="47"/>
+      <c r="L71" s="47"/>
+      <c r="M71" s="47"/>
+      <c r="N71" s="47"/>
+      <c r="O71" s="47"/>
+      <c r="P71" s="47"/>
+      <c r="Q71" s="47"/>
+      <c r="R71" s="47"/>
+      <c r="S71" s="47"/>
+      <c r="T71" s="47"/>
+      <c r="U71" s="47"/>
+      <c r="V71" s="47"/>
+      <c r="W71" s="47"/>
+      <c r="X71" s="47"/>
+      <c r="Y71" s="47"/>
+      <c r="Z71" s="47"/>
+      <c r="AA71" s="47"/>
+      <c r="AB71" s="47"/>
+      <c r="AC71" s="47"/>
+      <c r="AD71" s="47"/>
+      <c r="AE71" s="47"/>
+      <c r="AF71" s="47"/>
+      <c r="AG71" s="47"/>
+      <c r="AH71" s="47"/>
+      <c r="AI71" s="47"/>
+      <c r="AJ71" s="47"/>
+      <c r="AK71" s="47"/>
+      <c r="AL71" s="47"/>
+      <c r="AM71" s="47"/>
+      <c r="AN71" s="47"/>
+      <c r="AO71" s="47"/>
+      <c r="AP71" s="47"/>
+      <c r="AQ71" s="47"/>
+      <c r="AR71" s="47"/>
+      <c r="AS71" s="47"/>
+      <c r="AT71" s="47"/>
+      <c r="AU71" s="47"/>
+      <c r="AV71" s="47"/>
+      <c r="AW71" s="47"/>
+      <c r="AX71" s="47"/>
+      <c r="AY71" s="47"/>
+      <c r="AZ71" s="47"/>
+      <c r="BA71" s="47"/>
+      <c r="BB71" s="47"/>
+      <c r="BC71" s="47"/>
+      <c r="BD71" s="47"/>
+      <c r="BE71" s="47"/>
+      <c r="BF71" s="47"/>
+      <c r="BG71" s="47"/>
+      <c r="BH71" s="47"/>
+      <c r="BI71" s="47"/>
+      <c r="BJ71" s="47"/>
+      <c r="BK71" s="47"/>
+      <c r="BL71" s="47"/>
+      <c r="BM71" s="47"/>
+      <c r="BN71" s="47"/>
+      <c r="BO71" s="47"/>
+      <c r="BP71" s="47"/>
+      <c r="BQ71" s="47"/>
+      <c r="BR71" s="47"/>
+      <c r="BS71" s="47"/>
+      <c r="BT71" s="47"/>
+      <c r="BU71" s="47"/>
+      <c r="BV71" s="47"/>
+      <c r="BW71" s="47"/>
+      <c r="BX71" s="47"/>
+      <c r="BY71" s="47"/>
+      <c r="BZ71" s="47"/>
+      <c r="CA71" s="47"/>
+      <c r="CB71" s="47"/>
+      <c r="CC71" s="47"/>
+      <c r="CD71" s="47"/>
     </row>
-    <row r="71" spans="1:13">
-[...8 lines deleted...]
-      </c>
+    <row r="72" spans="1:82">
+      <c r="A72" t="s">
+        <v>220</v>
+      </c>
+      <c r="B72" t="s">
+        <v>227</v>
+      </c>
+      <c r="C72" t="s">
+        <v>228</v>
+      </c>
+      <c r="F72" s="46"/>
+      <c r="G72" s="47"/>
+      <c r="H72" s="46"/>
+      <c r="I72" s="47"/>
+      <c r="J72" s="47"/>
+      <c r="K72" s="47"/>
+      <c r="L72" s="47"/>
+      <c r="M72" s="47"/>
+      <c r="N72" s="47"/>
+      <c r="O72" s="47"/>
+      <c r="P72" s="47"/>
+      <c r="Q72" s="47"/>
+      <c r="R72" s="47"/>
+      <c r="S72" s="47"/>
+      <c r="T72" s="47"/>
+      <c r="U72" s="47"/>
+      <c r="V72" s="47"/>
+      <c r="W72" s="47"/>
+      <c r="X72" s="47"/>
+      <c r="Y72" s="47"/>
+      <c r="Z72" s="47"/>
+      <c r="AA72" s="47"/>
+      <c r="AB72" s="47"/>
+      <c r="AC72" s="47"/>
+      <c r="AD72" s="47"/>
+      <c r="AE72" s="47"/>
+      <c r="AF72" s="47"/>
+      <c r="AG72" s="47"/>
+      <c r="AH72" s="47"/>
+      <c r="AI72" s="47"/>
+      <c r="AJ72" s="47"/>
+      <c r="AK72" s="47"/>
+      <c r="AL72" s="47"/>
+      <c r="AM72" s="47"/>
+      <c r="AN72" s="47"/>
+      <c r="AO72" s="47"/>
+      <c r="AP72" s="47"/>
+      <c r="AQ72" s="47"/>
+      <c r="AR72" s="47"/>
+      <c r="AS72" s="47"/>
+      <c r="AT72" s="47"/>
+      <c r="AU72" s="47"/>
+      <c r="AV72" s="47"/>
+      <c r="AW72" s="47"/>
+      <c r="AX72" s="47"/>
+      <c r="AY72" s="47"/>
+      <c r="AZ72" s="47"/>
+      <c r="BA72" s="47"/>
+      <c r="BB72" s="47"/>
+      <c r="BC72" s="47"/>
+      <c r="BD72" s="47"/>
+      <c r="BE72" s="47"/>
+      <c r="BF72" s="47"/>
+      <c r="BG72" s="47"/>
+      <c r="BH72" s="47"/>
+      <c r="BI72" s="47"/>
+      <c r="BJ72" s="47"/>
+      <c r="BK72" s="47"/>
+      <c r="BL72" s="47"/>
+      <c r="BM72" s="47"/>
+      <c r="BN72" s="47"/>
+      <c r="BO72" s="47"/>
+      <c r="BP72" s="47"/>
+      <c r="BQ72" s="47"/>
+      <c r="BR72" s="47"/>
+      <c r="BS72" s="47"/>
+      <c r="BT72" s="47"/>
+      <c r="BU72" s="47"/>
+      <c r="BV72" s="47"/>
+      <c r="BW72" s="47"/>
+      <c r="BX72" s="47"/>
+      <c r="BY72" s="47"/>
+      <c r="BZ72" s="47"/>
+      <c r="CA72" s="47"/>
+      <c r="CB72" s="47"/>
+      <c r="CC72" s="47"/>
+      <c r="CD72" s="47"/>
     </row>
-    <row r="72" spans="1:13">
-[...8 lines deleted...]
-      </c>
+    <row r="76" spans="1:82">
+      <c r="A76" s="50" t="s">
+        <v>229</v>
+      </c>
+      <c r="B76" s="51"/>
+      <c r="C76" s="51"/>
+      <c r="D76" s="51"/>
+      <c r="E76" s="51"/>
+      <c r="F76" s="51"/>
+      <c r="G76" s="51"/>
+      <c r="H76" s="51"/>
+      <c r="I76" s="51"/>
+      <c r="J76" s="51"/>
+      <c r="K76" s="51"/>
+      <c r="L76" s="51"/>
+      <c r="M76" s="51"/>
     </row>
-    <row r="73" spans="1:13">
-[...8 lines deleted...]
-      </c>
+    <row r="77" spans="1:82">
+      <c r="A77" s="51"/>
+      <c r="B77" s="51"/>
+      <c r="C77" s="51"/>
+      <c r="D77" s="51"/>
+      <c r="E77" s="51"/>
+      <c r="F77" s="51"/>
+      <c r="G77" s="51"/>
+      <c r="H77" s="51"/>
+      <c r="I77" s="51"/>
+      <c r="J77" s="51"/>
+      <c r="K77" s="51"/>
+      <c r="L77" s="51"/>
+      <c r="M77" s="51"/>
     </row>
-    <row r="78" spans="1:13">
-[...44 lines deleted...]
-      <c r="M80" s="56"/>
+    <row r="78" spans="1:82" ht="84.75" customHeight="1">
+      <c r="A78" s="51"/>
+      <c r="B78" s="51"/>
+      <c r="C78" s="51"/>
+      <c r="D78" s="51"/>
+      <c r="E78" s="51"/>
+      <c r="F78" s="51"/>
+      <c r="G78" s="51"/>
+      <c r="H78" s="51"/>
+      <c r="I78" s="51"/>
+      <c r="J78" s="51"/>
+      <c r="K78" s="51"/>
+      <c r="L78" s="51"/>
+      <c r="M78" s="51"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZPhvlIIPV9frLGcWy2MYJMYEJzECg3z5CgNgVTtKNhG6fvHsyO3Q4qdEQB9j/mx6jEBbg8KnKp23P5Q0+njrlA==" saltValue="suji16ATC3ODf8SZbW4q6Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="XFcjhwPdtWRLL+pIYctQNG80yv5RAosEw41RfLdWwndLrmfudzpCorVHEs06mfunSNRRC5tO+AkmcZJ4RwoSuA==" saltValue="2OmP58GshGQazPpkZKr2rg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A78:M80"/>
+    <mergeCell ref="A76:M78"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...51 lines deleted...]
-    <xsd:import namespace="67cda108-cd43-4e8c-95f8-608da92302cd"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="My Docs Document" ma:contentTypeID="0x01010070B8EBA165E1244282FA93047E839D470200C0E11755B97DED4D86EB951443AFD65A" ma:contentTypeVersion="20" ma:contentTypeDescription="Document content type for EY Interact My Documents" ma:contentTypeScope="" ma:versionID="0f8e96c3c3168fd53e3bf8715f7ebae2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="438a2b16-93c2-4690-ac50-9d6f308847d4" xmlns:ns3="35818088-e62d-4edf-bbb6-409430aef268" xmlns:ns5="4f287a07-1cdd-40b9-8719-d7ca1fc828d3" xmlns:ns6="dfe04167-7bf6-4262-921c-212a7ca9f51c" xmlns:ns7="8963624f-e261-401d-b741-31e703acb2d2" xmlns:ns8="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xmlns:ns9="b370de82-f748-4b43-9867-7b96772bed3a" xmlns:ns10="198ab789-f0c7-49ac-93fb-3a8431555332" xmlns:ns11="b77bd203-539a-455c-ae00-8e12003ac7e6" xmlns:ns12="a3956e2b-dcec-4b87-94bf-cae81082b9c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5f211ac4ce96deb4fa061c262277109f" ns2:_="" ns3:_="" ns5:_="" ns6:_="" ns7:_="" ns8:_="" ns9:_="" ns10:_="" ns11:_="" ns12:_="">
+    <xsd:import namespace="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
     <xsd:import namespace="35818088-e62d-4edf-bbb6-409430aef268"/>
     <xsd:import namespace="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
     <xsd:import namespace="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
     <xsd:import namespace="8963624f-e261-401d-b741-31e703acb2d2"/>
-    <xsd:import namespace="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
-[...1 lines deleted...]
-    <xsd:import namespace="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <xsd:import namespace="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <xsd:import namespace="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <xsd:import namespace="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <xsd:import namespace="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
     <xsd:import namespace="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Sourcemetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:Importedfrom" minOccurs="0"/>
                 <xsd:element ref="ns3:ClientName" minOccurs="0"/>
                 <xsd:element ref="ns3:ClientNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:EngagementName" minOccurs="0"/>
                 <xsd:element ref="ns3:EngagementNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:TDMDocumentType" minOccurs="0"/>
                 <xsd:element ref="ns3:DocumentStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Owner" minOccurs="0"/>
                 <xsd:element ref="ns3:AdditionalAttribute" minOccurs="0"/>
                 <xsd:element ref="ns3:Entity" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxYear" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxQuarter" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxMonth" minOccurs="0"/>
                 <xsd:element ref="ns3:Knowledge" minOccurs="0"/>
                 <xsd:element ref="ns3:Obsolete" minOccurs="0"/>
                 <xsd:element ref="ns5:CopyDocID" minOccurs="0"/>
                 <xsd:element ref="ns3:CopiedBy" minOccurs="0"/>
                 <xsd:element ref="ns3:CopyAudit" minOccurs="0"/>
                 <xsd:element ref="ns3:CopiedOn" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns6:GearLink" minOccurs="0"/>
                 <xsd:element ref="ns2:i30a3f0cbe9246d398b542fccc396778" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:i30a3f0cbe9246d398b542fccc386778" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns7:DocumentSignificance" minOccurs="0"/>
+                <xsd:element ref="ns8:EYIOtherClassification" minOccurs="0"/>
                 <xsd:element ref="ns8:WorkProduct" minOccurs="0"/>
-                <xsd:element ref="ns8:EYIOtherClassification" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns10:OGMEngagement" minOccurs="0"/>
+                <xsd:element ref="ns9:DeliverableName" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMPeriod" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMFrequency" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMEngagement" minOccurs="0"/>
+                <xsd:element ref="ns11:fe0ef5c991474984808e916215c66092" minOccurs="0"/>
                 <xsd:element ref="ns10:OGMUniqueDeliverableID" minOccurs="0"/>
                 <xsd:element ref="ns10:OGMEntityCode" minOccurs="0"/>
-                <xsd:element ref="ns11:ReadyForEy" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns9:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns12:ReadyForEy" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="67cda108-cd43-4e8c-95f8-608da92302cd" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="438a2b16-93c2-4690-ac50-9d6f308847d4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="31" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="32" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="33" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="i30a3f0cbe9246d398b542fccc396778" ma:index="35" nillable="true" ma:taxonomy="true" ma:internalName="i30a3f0cbe9246d398b542fccc396778" ma:taxonomyFieldName="Jurisdiction" ma:displayName="Jurisdiction" ma:default="1;#United States|092fbe52-b086-4a73-953b-5c57a118da03" ma:fieldId="{230a3f0c-be92-46d3-98b5-42fccc396778}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="91e411c8-edf9-4b39-89d8-981dff42e96f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="36" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{bc7e6531-16cd-456e-ab90-dd52c69bceec}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <xsd:element name="TaxCatchAll" ma:index="36" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{ecb8530a-645d-4f69-9ac9-30f57ed26593}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="i30a3f0cbe9246d398b542fccc386778" ma:index="37" nillable="true" ma:taxonomy="true" ma:internalName="i30a3f0cbe9246d398b542fccc386778" ma:taxonomyFieldName="TaxServiceLine" ma:displayName="Tax Sub-Service Line" ma:default="2;#Global Compliance and Reporting|35c34da8-327a-4881-b8d1-6bda7e039f7f" ma:fieldId="{230a3f0c-be92-46d3-98b5-42fccc386778}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="a8762f95-c31d-4b56-ae22-8b5b51a40df2" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAllLabel" ma:index="38" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{bc7e6531-16cd-456e-ab90-dd52c69bceec}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <xsd:element name="TaxCatchAllLabel" ma:index="38" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{ecb8530a-645d-4f69-9ac9-30f57ed26593}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35818088-e62d-4edf-bbb6-409430aef268" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Sourcemetadata" ma:index="2" nillable="true" ma:displayName="Source metadata" ma:hidden="true" ma:internalName="Sourcemetadata" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Importedfrom" ma:index="3" nillable="true" ma:displayName="Imported From" ma:hidden="true" ma:internalName="Importedfrom" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="ClientName" ma:index="4" nillable="true" ma:displayName="Client Name" ma:default="Aberdeen Standard Investments, Inc." ma:hidden="true" ma:internalName="ClientName" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="ClientNumber" ma:index="5" nillable="true" ma:displayName="Client Number" ma:default="12102228" ma:hidden="true" ma:internalName="ClientNumber" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EngagementName" ma:index="6" nillable="true" ma:displayName="Engagement Name" ma:default="abrdn_Tax Compliance_2024" ma:hidden="true" ma:internalName="EngagementName" ma:readOnly="false">
+    <xsd:element name="EngagementName" ma:index="6" nillable="true" ma:displayName="Engagement Name" ma:default="abrdn_Tax Compliance_2025" ma:hidden="true" ma:internalName="EngagementName" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EngagementNumber" ma:index="7" nillable="true" ma:displayName="Engagement Number" ma:default="E-68192328" ma:hidden="true" ma:internalName="EngagementNumber" ma:readOnly="false">
+    <xsd:element name="EngagementNumber" ma:index="7" nillable="true" ma:displayName="Engagement Number" ma:default="E-69014228" ma:hidden="true" ma:internalName="EngagementNumber" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TDMDocumentType" ma:index="15" nillable="true" ma:displayName="Document Type" ma:default="Workpaper" ma:format="Dropdown" ma:indexed="true" ma:internalName="TDMDocumentType">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Correspondence"/>
           <xsd:enumeration value="Engagement Management"/>
           <xsd:enumeration value="Financial Management"/>
           <xsd:enumeration value="Workpaper"/>
           <xsd:enumeration value="Deliverable"/>
           <xsd:enumeration value="Internal Review/Consult"/>
           <xsd:enumeration value="Statement of Work"/>
           <xsd:enumeration value="Master Agreement"/>
           <xsd:enumeration value="Memorandum of Understanding"/>
           <xsd:enumeration value="Documents"/>
           <xsd:enumeration value="Administration"/>
           <xsd:enumeration value="Law Notes"/>
           <xsd:enumeration value="Client Source Data"/>
           <xsd:enumeration value="Power of Attorney"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="DocumentStatus" ma:index="16" nillable="true" ma:displayName="Document Status" ma:format="Dropdown" ma:internalName="DocumentStatus">
@@ -13038,51 +13864,51 @@
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="AdditionalAttribute" ma:index="18" nillable="true" ma:displayName="Additional Attribute" ma:internalName="AdditionalAttribute">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Entity" ma:index="19" nillable="true" ma:displayName="Entity" ma:internalName="Entity">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxYear" ma:index="20" nillable="true" ma:displayName="Tax Year" ma:default="2024" ma:format="Dropdown" ma:indexed="true" ma:internalName="TaxYear">
+    <xsd:element name="TaxYear" ma:index="20" nillable="true" ma:displayName="Tax Year" ma:default="N/A" ma:format="Dropdown" ma:indexed="true" ma:internalName="TaxYear">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="N/A"/>
           <xsd:enumeration value="1965"/>
           <xsd:enumeration value="1966"/>
           <xsd:enumeration value="1967"/>
           <xsd:enumeration value="1968"/>
           <xsd:enumeration value="1969"/>
           <xsd:enumeration value="1970"/>
           <xsd:enumeration value="1971"/>
           <xsd:enumeration value="1972"/>
           <xsd:enumeration value="1973"/>
           <xsd:enumeration value="1974"/>
           <xsd:enumeration value="1975"/>
           <xsd:enumeration value="1976"/>
           <xsd:enumeration value="1977"/>
           <xsd:enumeration value="1978"/>
           <xsd:enumeration value="1979"/>
           <xsd:enumeration value="1980"/>
           <xsd:enumeration value="1981"/>
           <xsd:enumeration value="1982"/>
           <xsd:enumeration value="1983"/>
           <xsd:enumeration value="1984"/>
           <xsd:enumeration value="1985"/>
           <xsd:enumeration value="1986"/>
@@ -13268,110 +14094,79 @@
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="GearLink" ma:index="34" nillable="true" ma:displayName="Gear Link" ma:format="Hyperlink" ma:hidden="true" ma:internalName="GearLink" ma:readOnly="false">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8963624f-e261-401d-b741-31e703acb2d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="DocumentSignificance" ma:index="39" nillable="true" ma:displayName="Document Significance" ma:internalName="DocumentSignificance">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6653040d-ffed-4e4b-aec5-8324f76c2f8e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="WorkProduct" ma:index="40" nillable="true" ma:displayName="Work Product" ma:internalName="WorkProduct">
+    <xsd:element name="EYIOtherClassification" ma:index="40" nillable="true" ma:displayName="Other Classification" ma:internalName="EYIOtherClassification">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EYIOtherClassification" ma:index="41" nillable="true" ma:displayName="Other Classification" ma:internalName="EYIOtherClassification">
+    <xsd:element name="WorkProduct" ma:index="41" nillable="true" ma:displayName="Work Product" ma:internalName="WorkProduct">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae79d445-f7c9-4cd8-b22f-4ace40df346a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b370de82-f748-4b43-9867-7b96772bed3a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="mfeb29cc29824216aa36693a3ca523bf" ma:index="43" nillable="true" ma:taxonomy="true" ma:internalName="mfeb29cc29824216aa36693a3ca523bf" ma:taxonomyFieldName="EYIGCRProcessStep" ma:displayName="GCR Process Step" ma:default="" ma:fieldId="{6feb29cc-2982-4216-aa36-693a3ca523bf}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="bef3c4ae-dd30-4a1d-aa3f-ccf9b145de1d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
-[...30 lines deleted...]
-    <xsd:element name="DeliverableName" ma:index="44" nillable="true" ma:displayName="Deliverable Name" ma:internalName="DeliverableName">
+    <xsd:element name="DeliverableName" ma:index="42" nillable="true" ma:displayName="Deliverable Name" ma:internalName="DeliverableName">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMPeriod" ma:index="45" nillable="true" ma:displayName="OGM Period" ma:format="Dropdown" ma:internalName="OGMPeriod">
+    <xsd:element name="OGMPeriod" ma:index="43" nillable="true" ma:displayName="OGM Period" ma:format="Dropdown" ma:internalName="OGMPeriod">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Bi-Annum 1"/>
           <xsd:enumeration value="Bi-Annum 2"/>
           <xsd:enumeration value="Jan - Feb"/>
           <xsd:enumeration value="Feb - Mar"/>
           <xsd:enumeration value="Mar - Apr"/>
           <xsd:enumeration value="Apr - May"/>
           <xsd:enumeration value="May - Jun"/>
           <xsd:enumeration value="Jun - Jul"/>
           <xsd:enumeration value="Jul - Aug"/>
           <xsd:enumeration value="Aug - Sep"/>
           <xsd:enumeration value="Sep - Oct"/>
           <xsd:enumeration value="Oct - Nov"/>
           <xsd:enumeration value="Nov - Dec"/>
           <xsd:enumeration value="Dec - Jan"/>
           <xsd:enumeration value="Fortnight 1"/>
           <xsd:enumeration value="Fortnight 2"/>
           <xsd:enumeration value="January"/>
           <xsd:enumeration value="February"/>
           <xsd:enumeration value="March"/>
           <xsd:enumeration value="April"/>
           <xsd:enumeration value="May"/>
           <xsd:enumeration value="June"/>
           <xsd:enumeration value="July"/>
@@ -13379,92 +14174,105 @@
           <xsd:enumeration value="September"/>
           <xsd:enumeration value="October"/>
           <xsd:enumeration value="November"/>
           <xsd:enumeration value="December"/>
           <xsd:enumeration value="1"/>
           <xsd:enumeration value="2"/>
           <xsd:enumeration value="3"/>
           <xsd:enumeration value="4"/>
           <xsd:enumeration value="5"/>
           <xsd:enumeration value="6"/>
           <xsd:enumeration value="7"/>
           <xsd:enumeration value="8"/>
           <xsd:enumeration value="9"/>
           <xsd:enumeration value="10"/>
           <xsd:enumeration value="11"/>
           <xsd:enumeration value="12"/>
           <xsd:enumeration value="Q1"/>
           <xsd:enumeration value="Q2"/>
           <xsd:enumeration value="Q3"/>
           <xsd:enumeration value="Q4"/>
           <xsd:enumeration value="Week 1"/>
           <xsd:enumeration value="Week 2"/>
           <xsd:enumeration value="Week 3"/>
           <xsd:enumeration value="Week 4"/>
           <xsd:enumeration value="Week 5"/>
-          <xsd:enumeration value="Ad hoc"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMFrequency" ma:index="46" nillable="true" ma:displayName="OGM Frequency" ma:format="Dropdown" ma:internalName="OGMFrequency">
+    <xsd:element name="OGMFrequency" ma:index="44" nillable="true" ma:displayName="OGM Frequency" ma:format="Dropdown" ma:internalName="OGMFrequency">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Annual"/>
           <xsd:enumeration value="Bi-Annual"/>
           <xsd:enumeration value="Bi-Monthly"/>
           <xsd:enumeration value="Fortnight"/>
           <xsd:enumeration value="Interim"/>
           <xsd:enumeration value="Monthly"/>
           <xsd:enumeration value="Other"/>
           <xsd:enumeration value="Period"/>
           <xsd:enumeration value="Quarterly"/>
           <xsd:enumeration value="Short Year"/>
           <xsd:enumeration value="Weekly"/>
-          <xsd:enumeration value="Ad hoc"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMEngagement" ma:index="47" nillable="true" ma:displayName="OGM Engagement" ma:internalName="OGMEngagement">
+    <xsd:element name="OGMEngagement" ma:index="45" nillable="true" ma:displayName="OGM Engagement" ma:internalName="OGMEngagement">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="198ab789-f0c7-49ac-93fb-3a8431555332" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="OGMUniqueDeliverableID" ma:index="48" nillable="true" ma:displayName="OGMUniqueDeliverableID" ma:internalName="OGMUniqueDeliverableID">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="OGMEntityCode" ma:index="49" nillable="true" ma:displayName="OGMEntityCode" ma:internalName="OGMEntityCode">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b77bd203-539a-455c-ae00-8e12003ac7e6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="fe0ef5c991474984808e916215c66092" ma:index="47" nillable="true" ma:taxonomy="true" ma:internalName="fe0ef5c991474984808e916215c66092" ma:taxonomyFieldName="EYIGCRProcessStep" ma:displayName="GCR Process Step" ma:default="" ma:fieldId="{fe0ef5c9-9147-4984-808e-916215c66092}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="bef3c4ae-dd30-4a1d-aa3f-ccf9b145de1d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a3956e2b-dcec-4b87-94bf-cae81082b9c4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReadyForEy" ma:index="50" nillable="true" ma:displayName="Ready For EY" ma:internalName="ReadyForEy">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
@@ -13533,267 +14341,322 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxYear xmlns="35818088-e62d-4edf-bbb6-409430aef268">2024</TaxYear>
-[...8 lines deleted...]
-    <OGMFrequency xmlns="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8" xsi:nil="true"/>
+    <TaxYear xmlns="35818088-e62d-4edf-bbb6-409430aef268">N/A</TaxYear>
+    <fe0ef5c991474984808e916215c66092 xmlns="b77bd203-539a-455c-ae00-8e12003ac7e6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </fe0ef5c991474984808e916215c66092>
+    <OGMEntityCode xmlns="198ab789-f0c7-49ac-93fb-3a8431555332" xsi:nil="true"/>
     <Entity xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <EYIOtherClassification xmlns="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xsi:nil="true"/>
     <CopiedBy xmlns="35818088-e62d-4edf-bbb6-409430aef268">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </CopiedBy>
     <DocumentSignificance xmlns="8963624f-e261-401d-b741-31e703acb2d2" xsi:nil="true"/>
+    <OGMUniqueDeliverableID xmlns="198ab789-f0c7-49ac-93fb-3a8431555332" xsi:nil="true"/>
     <TaxQuarter xmlns="35818088-e62d-4edf-bbb6-409430aef268">N/A</TaxQuarter>
     <CopyAudit xmlns="35818088-e62d-4edf-bbb6-409430aef268">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </CopyAudit>
     <CopyDocID xmlns="4f287a07-1cdd-40b9-8719-d7ca1fc828d3" xsi:nil="true"/>
     <CopiedOn xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
-    <TaxCatchAll xmlns="67cda108-cd43-4e8c-95f8-608da92302cd">
-[...6 lines deleted...]
-    <OGMUniqueDeliverableID xmlns="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8" xsi:nil="true"/>
     <TaxMonth xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
-    <WorkProduct xmlns="6653040d-ffed-4e4b-aec5-8324f76c2f8e" xsi:nil="true"/>
-    <OGMPeriod xmlns="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8" xsi:nil="true"/>
     <ReadyForEy xmlns="a3956e2b-dcec-4b87-94bf-cae81082b9c4" xsi:nil="true"/>
-    <EYIOtherClassification xmlns="6653040d-ffed-4e4b-aec5-8324f76c2f8e" xsi:nil="true"/>
-[...3 lines deleted...]
-    <OGMEngagement xmlns="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8" xsi:nil="true"/>
+    <EngagementName xmlns="35818088-e62d-4edf-bbb6-409430aef268">abrdn_Tax Compliance_2025</EngagementName>
+    <i30a3f0cbe9246d398b542fccc386778 xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Global Compliance and Reporting</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">35c34da8-327a-4881-b8d1-6bda7e039f7f</TermId>
+        </TermInfo>
+      </Terms>
+    </i30a3f0cbe9246d398b542fccc386778>
+    <EngagementNumber xmlns="35818088-e62d-4edf-bbb6-409430aef268">E-69014228</EngagementNumber>
+    <WorkProduct xmlns="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xsi:nil="true"/>
+    <DeliverableName xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
     <Importedfrom xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
     <ClientName xmlns="35818088-e62d-4edf-bbb6-409430aef268">Aberdeen Standard Investments, Inc.</ClientName>
     <DocumentStatus xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
     <Owner xmlns="35818088-e62d-4edf-bbb6-409430aef268">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
+    <TaxCatchAll xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Value>2</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
     <ClientNumber xmlns="35818088-e62d-4edf-bbb6-409430aef268">12102228</ClientNumber>
     <GearLink xmlns="dfe04167-7bf6-4262-921c-212a7ca9f51c">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </GearLink>
+    <OGMEngagement xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
     <Knowledge xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Knowledge>
-    <Obsolete xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Obsolete>
-[...3 lines deleted...]
-    <i30a3f0cbe9246d398b542fccc386778 xmlns="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <i30a3f0cbe9246d398b542fccc396778 xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Global Compliance and Reporting</TermName>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">35c34da8-327a-4881-b8d1-6bda7e039f7f</TermId>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">United States</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">092fbe52-b086-4a73-953b-5c57a118da03</TermId>
         </TermInfo>
       </Terms>
-    </i30a3f0cbe9246d398b542fccc386778>
+    </i30a3f0cbe9246d398b542fccc396778>
+    <OGMPeriod xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Obsolete xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Obsolete>
+    <OGMFrequency xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <AdditionalAttribute xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <TDMDocumentType xmlns="35818088-e62d-4edf-bbb6-409430aef268">Workpaper</TDMDocumentType>
     <Sourcemetadata xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
-    <_dlc_DocId xmlns="67cda108-cd43-4e8c-95f8-608da92302cd">USA270587-620599294-440</_dlc_DocId>
-[...2 lines deleted...]
-      <Description>USA270587-620599294-440</Description>
+    <_dlc_DocId xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">USA270587-2051353962-293</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Url>https://eyus.sharepoint.com/sites/eyimdUSA-D00071608-M/1/_layouts/15/DocIdRedir.aspx?ID=USA270587-2051353962-293</Url>
+      <Description>USA270587-2051353962-293</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31576124-7A56-4581-8E36-7EC8F630EA18}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C2CA470-6EC4-4508-BF70-21A8A86D0BD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="67cda108-cd43-4e8c-95f8-608da92302cd"/>
+    <ds:schemaRef ds:uri="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
     <ds:schemaRef ds:uri="35818088-e62d-4edf-bbb6-409430aef268"/>
     <ds:schemaRef ds:uri="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
     <ds:schemaRef ds:uri="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
     <ds:schemaRef ds:uri="8963624f-e261-401d-b741-31e703acb2d2"/>
-    <ds:schemaRef ds:uri="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <ds:schemaRef ds:uri="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <ds:schemaRef ds:uri="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <ds:schemaRef ds:uri="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <ds:schemaRef ds:uri="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
     <ds:schemaRef ds:uri="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D59D96E-60B1-4164-9D39-E7EE4F8EBD25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
+    <ds:schemaRef ds:uri="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <ds:schemaRef ds:uri="8963624f-e261-401d-b741-31e703acb2d2"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
+    <ds:schemaRef ds:uri="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
+    <ds:schemaRef ds:uri="35818088-e62d-4edf-bbb6-409430aef268"/>
+    <ds:schemaRef ds:uri="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87DB2910-C4D3-4C33-B56D-6232C59A4B80}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31B63690-F931-4BA1-8FE8-9FB2ECD07AA1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3E6238F-05A0-4653-9E99-1326C4C62DBC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA938C94-CE85-453A-AE5F-69C11D6FFE1B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Secondary Layout</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EY</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yan Ting Lau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010070B8EBA165E1244282FA93047E839D47020055E57DDD6CB1BD46A52EA9007CDB0AA0</vt:lpwstr>
+    <vt:lpwstr>0x01010070B8EBA165E1244282FA93047E839D470200C0E11755B97DED4D86EB951443AFD65A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Jurisdiction">
     <vt:lpwstr>1;#United States|092fbe52-b086-4a73-953b-5c57a118da03</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>cbaa1674-436c-4451-b8e2-94bfe3d2cb00</vt:lpwstr>
+    <vt:lpwstr>6639af5b-3224-4b17-a6d1-762328fbb873</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxServiceLine">
     <vt:lpwstr>2;#Global Compliance and Reporting|35c34da8-327a-4881-b8d1-6bda7e039f7f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EYIGCRProcessStep">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SetDate">
-    <vt:lpwstr>2025-01-27T18:03:59Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-22T19:51:10Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SiteId">
     <vt:lpwstr>27b2553d-4a89-4c74-88e1-d1d590624294</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ActionId">
-    <vt:lpwstr>230a8e72-3485-4013-9bc9-6c33240ba378</vt:lpwstr>
+    <vt:lpwstr>0bb2bbfe-9431-4dbb-9d27-a0620127f748</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>