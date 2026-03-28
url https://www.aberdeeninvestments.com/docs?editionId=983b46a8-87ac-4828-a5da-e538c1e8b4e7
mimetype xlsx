--- v0 (2025-10-11)
+++ v1 (2026-03-28)
@@ -2,95 +2,95 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Funds\Investor Services\Year End\ICI\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aberdeenassetus-my.sharepoint.com/personal/matt_welsh_aberdeenplc_com/Documents/Desktop/IS Templates &amp; Docs Matt/Press Releases/January 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36D93696-A67C-46FC-9900-5E8947533D02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="Re+cM+1TpUhGq0xYyt//ShzSu/KGDBUmmz51mX1lwIf08l6u3978PHplba+SuD9n8uvWV7tPdJxS88VU6LQnbA==" workbookSaltValue="Rf7j/8uZ5YiEw4ertsy6mQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="9" documentId="13_ncr:1_{F2795D73-06ED-4361-AEE2-7A942C69D5E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EBAC0155-743D-4C69-B6C1-5FD27874EA53}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="peZqMn5yuD5bp2JYrdGET7xrgH7/eavco4konVrdquwwml0xFu+HVio7/cpN1ldr9UlxmfiubZaLDjx6CAKhAg==" workbookSaltValue="IpSFvk14wP7wKKaRzc3/OA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{AB2979C4-105B-43DD-AADE-5AF2BFB2D1DB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B8376B1F-8DE1-417A-A915-21D244BFC365}"/>
   </bookViews>
   <sheets>
     <sheet name="Primary Layout" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Primary Layout'!$A$13:$AP$61</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Primary Layout'!$A$13:$AP$60</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="82">
   <si>
     <t>Primary Layout Report Date:</t>
   </si>
   <si>
-    <t>TARGET DELIVERY DATE: JANUARY 21, 2025</t>
+    <t>TARGET DELIVERY DATE: JANUARY 20, 2026</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>This spreadsheet and the accompanying instructions do not constitute, and should not be considered a substitute for, legal advice.  Please refer to the instructions for columns that have an asterisk. The rules governing the proper tax characterization of distributions by mutual funds can be complex.  Each fund should consult its own tax advisor regarding the proper tax characterization and reporting of the fund’s distributions.  Please note that AMT should be provided in Column 31 as a percentage of Column 30, not an amount.</t>
   </si>
   <si>
     <t>Note: no requirement to skip rows between entries or list in CUSIP order</t>
   </si>
   <si>
     <t>Year Included in Shareholders' Income</t>
   </si>
   <si>
     <t>Form 1099 Box 1a Breakdown</t>
   </si>
   <si>
     <t>Box 1a Total</t>
   </si>
   <si>
     <t>Form 1099 Box 1b Breakdown</t>
   </si>
   <si>
     <t>Box 1b Total</t>
   </si>
@@ -148,57 +148,57 @@
   <si>
     <t>Ticker Symbol</t>
   </si>
   <si>
     <t xml:space="preserve"> Estimated (E)</t>
   </si>
   <si>
     <t>Reclass (R)</t>
   </si>
   <si>
     <t>Corrected (C) or Extended (X)</t>
   </si>
   <si>
     <t>Record Date</t>
   </si>
   <si>
     <t>Ex-Dividend Date</t>
   </si>
   <si>
     <t>Payable Date</t>
   </si>
   <si>
     <t>Total Distribution Per Share (11+12+13)</t>
   </si>
   <si>
-    <t>2023 (Prior Year)</t>
+    <t>2024 (Prior Year)</t>
   </si>
   <si>
-    <t>2025 (Next Year)</t>
+    <t>2026 (Next Year)</t>
   </si>
   <si>
-    <t>2024 (Current Year) (14+15+22+26+28+30)</t>
+    <t>2025 (Current Year) (14+15+22+26+28+30)</t>
   </si>
   <si>
     <t>Income Dividends</t>
   </si>
   <si>
     <t>Short-term Capital Gain</t>
   </si>
   <si>
     <t>Foreign Tax Paid</t>
   </si>
   <si>
     <t>Ordinary Dividends (14+15+16)</t>
   </si>
   <si>
     <t>Qualified Income Dividends</t>
   </si>
   <si>
     <t>Qualified Short-term Gains</t>
   </si>
   <si>
     <t>Qualified Foreign Tax Paid</t>
   </si>
   <si>
     <t>Qualified Dividends* (18+19+20)</t>
   </si>
@@ -238,117 +238,117 @@
   <si>
     <t>Section 199A Short-term Gains</t>
   </si>
   <si>
     <t>Section 199A Foreign Tax Paid</t>
   </si>
   <si>
     <t>Section 199A Dividends* (33+34+35)</t>
   </si>
   <si>
     <t>Section 897 Income Dividends</t>
   </si>
   <si>
     <t>Section 897 Short-term Gains</t>
   </si>
   <si>
     <t>Section 897 Foreign Tax Paid</t>
   </si>
   <si>
     <t>Section 897 Ordinary Dividends (37+38+39)</t>
   </si>
   <si>
     <t>Section 897 Capital Gain</t>
   </si>
   <si>
-    <t>ABRDN REALTY INCOME AND GROWTH FUND</t>
+    <t>ABRDN REAL ESTATE FUND</t>
   </si>
   <si>
     <t>003022357</t>
   </si>
   <si>
     <t>AIAGX</t>
   </si>
   <si>
     <t>003022365</t>
   </si>
   <si>
     <t>AIGYX</t>
   </si>
   <si>
     <t>ABRDN GLOBAL INFRASTRUCTURE FUND</t>
   </si>
   <si>
     <t>003022399</t>
   </si>
   <si>
     <t>AIAFX</t>
   </si>
   <si>
-    <t>R</t>
-[...1 lines deleted...]
-  <si>
     <t>003022415</t>
   </si>
   <si>
     <t>AIFRX</t>
   </si>
   <si>
     <t>ABRDN DYNAMIC DIVIDEND FUND</t>
   </si>
   <si>
     <t>003022423</t>
   </si>
   <si>
     <t>ADAVX</t>
+  </si>
+  <si>
+    <t>R</t>
   </si>
   <si>
     <t>003022431</t>
   </si>
   <si>
     <t>ADVDX</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">For informational purposes only. Past performance does not guarantee future results.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Investors should carefully consider a fund’s investment objectives, risks, fees, charges and expenses before investing any money. To obtain this and other fund information, please call 1-866-667-9231 to request a summary prospectus and/or prospectus, or download at www.abrdn.com. Please read the summary prospectus and/or prospectus carefully before investing any money.
+      <t xml:space="preserve">Investors should carefully consider a fund’s investment objectives, risks, fees, charges and expenses before investing any money. To obtain this and other fund information, please call 1-866-667-9231 to request a summary prospectus and/or prospectus, or download at www.aberdeeninvestments.com/en-us. Please read the summary prospectus and/or prospectus carefully before investing any money.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Investing in mutual funds involves risk, including possible loss of principal. There is no assurance that the investment objective of any fund will be achieved.
 abrdn Funds are distributed by Aberdeen Fund Distributors LLC, Member FINRA and SIPC. 1900 Market Street Suite 200, Philadelphia, PA 19103</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Palatino"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
@@ -660,51 +660,51 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 7" xfId="3" xr:uid="{BDC9B960-074A-4467-88D6-520598570216}"/>
+    <cellStyle name="Normal 7" xfId="3" xr:uid="{31623388-23EB-484B-A60B-18F605D96E74}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -996,54 +996,54 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AACCEBB-EA14-4E04-B620-44969690B471}">
-  <dimension ref="A1:AO67"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD27B268-8F6F-4706-AE44-3AA5C1DC2D6C}">
+  <dimension ref="A1:AO66"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="42.5703125" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="10.28515625" customWidth="1"/>
     <col min="5" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" customWidth="1"/>
     <col min="7" max="9" width="14.5703125" customWidth="1"/>
     <col min="10" max="41" width="21.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:41">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
@@ -1149,51 +1149,51 @@
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="4"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
       <c r="AO3" s="3"/>
     </row>
     <row r="4" spans="1:41" ht="18.75" thickBot="1">
       <c r="A4" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="6">
-        <v>45694.54207466435</v>
+        <v>46059.381491886576</v>
       </c>
       <c r="C4" s="7"/>
       <c r="D4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="9"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
       <c r="S4" s="7"/>
       <c r="T4" s="7"/>
       <c r="U4" s="7"/>
       <c r="V4" s="7"/>
       <c r="W4" s="7"/>
       <c r="X4" s="7"/>
       <c r="Y4" s="7"/>
       <c r="Z4" s="7"/>
       <c r="AA4" s="7"/>
       <c r="AB4" s="7"/>
       <c r="AC4" s="7"/>
       <c r="AD4" s="7"/>
     </row>
     <row r="5" spans="1:41">
@@ -1736,51 +1736,51 @@
       <c r="R14" s="35"/>
       <c r="S14" s="35"/>
       <c r="T14" s="35"/>
       <c r="U14" s="35"/>
       <c r="V14" s="35"/>
       <c r="W14" s="35"/>
       <c r="X14" s="35"/>
       <c r="Y14" s="35"/>
       <c r="Z14" s="35"/>
       <c r="AA14" s="35"/>
       <c r="AB14" s="35"/>
       <c r="AC14" s="35"/>
       <c r="AD14" s="35"/>
       <c r="AE14" s="35"/>
       <c r="AF14" s="35"/>
       <c r="AG14" s="35"/>
       <c r="AH14" s="35"/>
       <c r="AI14" s="35"/>
       <c r="AJ14" s="35"/>
       <c r="AK14" s="35"/>
       <c r="AL14" s="35"/>
       <c r="AM14" s="35"/>
       <c r="AN14" s="36"/>
       <c r="AO14" s="35"/>
     </row>
-    <row r="15" spans="1:41">
+    <row r="15" spans="1:41" ht="21.75" customHeight="1">
       <c r="A15" s="35"/>
       <c r="B15" s="35"/>
       <c r="C15" s="35"/>
       <c r="D15" s="35"/>
       <c r="E15" s="35"/>
       <c r="F15" s="35"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="35"/>
       <c r="K15" s="35"/>
       <c r="L15" s="35"/>
       <c r="M15" s="35"/>
       <c r="N15" s="35"/>
       <c r="O15" s="35"/>
       <c r="P15" s="35"/>
       <c r="Q15" s="35"/>
       <c r="R15" s="35"/>
       <c r="S15" s="35"/>
       <c r="T15" s="35"/>
       <c r="U15" s="35"/>
       <c r="V15" s="35"/>
       <c r="W15" s="35"/>
       <c r="X15" s="35"/>
       <c r="Y15" s="35"/>
@@ -1799,471 +1799,471 @@
       <c r="AL15" s="35"/>
       <c r="AM15" s="35"/>
       <c r="AN15" s="36"/>
       <c r="AO15" s="35"/>
     </row>
     <row r="16" spans="1:41">
       <c r="A16" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B16" s="25" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F16" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="27">
-        <v>45365</v>
+        <v>45736</v>
       </c>
       <c r="H16" s="27">
-        <v>45366</v>
+        <v>45737</v>
       </c>
       <c r="I16" s="27">
-        <v>45369</v>
+        <v>45740</v>
       </c>
       <c r="J16" s="28">
-        <v>9.8989999999999995E-2</v>
+        <v>7.8509999999999996E-2</v>
       </c>
       <c r="K16" s="28">
         <v>0</v>
       </c>
       <c r="L16" s="28">
         <v>0</v>
       </c>
       <c r="M16" s="28">
-        <v>9.8989999999999995E-2</v>
+        <v>7.8509999999999996E-2</v>
       </c>
       <c r="N16" s="28">
-        <v>9.8989999999999995E-2</v>
+        <v>7.8509999999999996E-2</v>
       </c>
       <c r="O16" s="28">
         <v>0</v>
       </c>
       <c r="P16" s="28">
         <v>0</v>
       </c>
       <c r="Q16" s="28">
-        <v>9.8989999999999995E-2</v>
+        <v>7.8509999999999996E-2</v>
       </c>
       <c r="R16" s="28">
-        <v>8.0000000000000007E-5</v>
+        <v>0</v>
       </c>
       <c r="S16" s="28">
         <v>0</v>
       </c>
       <c r="T16" s="28">
         <v>0</v>
       </c>
       <c r="U16" s="28">
-        <v>8.0000000000000007E-5</v>
+        <v>0</v>
       </c>
       <c r="V16" s="28">
         <v>0</v>
       </c>
       <c r="W16" s="28">
         <v>0</v>
       </c>
       <c r="X16" s="28">
         <v>0</v>
       </c>
       <c r="Y16" s="28">
         <v>0</v>
       </c>
       <c r="Z16" s="28">
         <v>0</v>
       </c>
       <c r="AA16" s="28">
         <v>0</v>
       </c>
       <c r="AB16" s="28">
         <v>0</v>
       </c>
       <c r="AC16" s="28">
         <v>0</v>
       </c>
       <c r="AD16" s="28">
         <v>0</v>
       </c>
       <c r="AE16" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF16" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG16" s="28">
-        <v>9.257E-2</v>
+        <v>7.0499999999999993E-2</v>
       </c>
       <c r="AH16" s="28">
         <v>0</v>
       </c>
       <c r="AI16" s="28">
         <v>0</v>
       </c>
       <c r="AJ16" s="28">
-        <v>9.257E-2</v>
+        <v>7.0499999999999993E-2</v>
       </c>
       <c r="AK16" s="28">
         <v>0</v>
       </c>
       <c r="AL16" s="28">
         <v>0</v>
       </c>
       <c r="AM16" s="28">
         <v>0</v>
       </c>
       <c r="AN16" s="28">
         <v>0</v>
       </c>
       <c r="AO16" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:41">
       <c r="A17" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B17" s="25" t="s">
         <v>66</v>
       </c>
       <c r="C17" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="27">
-        <v>45463</v>
+        <v>45826</v>
       </c>
       <c r="H17" s="27">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="I17" s="27">
-        <v>45467</v>
+        <v>45831</v>
       </c>
       <c r="J17" s="28">
-        <v>7.571E-2</v>
+        <v>0.10914</v>
       </c>
       <c r="K17" s="28">
         <v>0</v>
       </c>
       <c r="L17" s="28">
         <v>0</v>
       </c>
       <c r="M17" s="28">
-        <v>7.571E-2</v>
+        <v>0.10914</v>
       </c>
       <c r="N17" s="28">
-        <v>7.571E-2</v>
+        <v>0.10914</v>
       </c>
       <c r="O17" s="28">
         <v>0</v>
       </c>
       <c r="P17" s="28">
         <v>0</v>
       </c>
       <c r="Q17" s="28">
-        <v>7.571E-2</v>
+        <v>0.10914</v>
       </c>
       <c r="R17" s="28">
-        <v>6.0000000000000002E-5</v>
+        <v>0</v>
       </c>
       <c r="S17" s="28">
         <v>0</v>
       </c>
       <c r="T17" s="28">
         <v>0</v>
       </c>
       <c r="U17" s="28">
-        <v>6.0000000000000002E-5</v>
+        <v>0</v>
       </c>
       <c r="V17" s="28">
         <v>0</v>
       </c>
       <c r="W17" s="28">
         <v>0</v>
       </c>
       <c r="X17" s="28">
         <v>0</v>
       </c>
       <c r="Y17" s="28">
         <v>0</v>
       </c>
       <c r="Z17" s="28">
         <v>0</v>
       </c>
       <c r="AA17" s="28">
         <v>0</v>
       </c>
       <c r="AB17" s="28">
         <v>0</v>
       </c>
       <c r="AC17" s="28">
         <v>0</v>
       </c>
       <c r="AD17" s="28">
         <v>0</v>
       </c>
       <c r="AE17" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF17" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG17" s="28">
-        <v>7.0800000000000002E-2</v>
+        <v>9.8000000000000004E-2</v>
       </c>
       <c r="AH17" s="28">
         <v>0</v>
       </c>
       <c r="AI17" s="28">
         <v>0</v>
       </c>
       <c r="AJ17" s="28">
-        <v>7.0800000000000002E-2</v>
+        <v>9.8000000000000004E-2</v>
       </c>
       <c r="AK17" s="28">
         <v>0</v>
       </c>
       <c r="AL17" s="28">
         <v>0</v>
       </c>
       <c r="AM17" s="28">
         <v>0</v>
       </c>
       <c r="AN17" s="28">
         <v>0</v>
       </c>
       <c r="AO17" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:41">
       <c r="A18" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B18" s="25" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F18" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G18" s="27">
-        <v>45554</v>
+        <v>45918</v>
       </c>
       <c r="H18" s="27">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="I18" s="27">
-        <v>45558</v>
+        <v>45922</v>
       </c>
       <c r="J18" s="28">
-        <v>7.8289999999999998E-2</v>
+        <v>3.5360000000000003E-2</v>
       </c>
       <c r="K18" s="28">
         <v>0</v>
       </c>
       <c r="L18" s="28">
         <v>0</v>
       </c>
       <c r="M18" s="28">
-        <v>7.8289999999999998E-2</v>
+        <v>3.5360000000000003E-2</v>
       </c>
       <c r="N18" s="28">
-        <v>7.8289999999999998E-2</v>
+        <v>3.5360000000000003E-2</v>
       </c>
       <c r="O18" s="28">
         <v>0</v>
       </c>
       <c r="P18" s="28">
         <v>0</v>
       </c>
       <c r="Q18" s="28">
-        <v>7.8289999999999998E-2</v>
+        <v>3.5360000000000003E-2</v>
       </c>
       <c r="R18" s="28">
-        <v>6.0000000000000002E-5</v>
+        <v>0</v>
       </c>
       <c r="S18" s="28">
         <v>0</v>
       </c>
       <c r="T18" s="28">
         <v>0</v>
       </c>
       <c r="U18" s="28">
-        <v>6.0000000000000002E-5</v>
+        <v>0</v>
       </c>
       <c r="V18" s="28">
         <v>0</v>
       </c>
       <c r="W18" s="28">
         <v>0</v>
       </c>
       <c r="X18" s="28">
         <v>0</v>
       </c>
       <c r="Y18" s="28">
         <v>0</v>
       </c>
       <c r="Z18" s="28">
         <v>0</v>
       </c>
       <c r="AA18" s="28">
         <v>0</v>
       </c>
       <c r="AB18" s="28">
         <v>0</v>
       </c>
       <c r="AC18" s="28">
         <v>0</v>
       </c>
       <c r="AD18" s="28">
         <v>0</v>
       </c>
       <c r="AE18" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF18" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG18" s="28">
-        <v>7.3209999999999997E-2</v>
+        <v>3.175E-2</v>
       </c>
       <c r="AH18" s="28">
         <v>0</v>
       </c>
       <c r="AI18" s="28">
         <v>0</v>
       </c>
       <c r="AJ18" s="28">
-        <v>7.3209999999999997E-2</v>
+        <v>3.175E-2</v>
       </c>
       <c r="AK18" s="28">
         <v>0</v>
       </c>
       <c r="AL18" s="28">
         <v>0</v>
       </c>
       <c r="AM18" s="28">
         <v>0</v>
       </c>
       <c r="AN18" s="28">
         <v>0</v>
       </c>
       <c r="AO18" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:41">
       <c r="A19" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="25" t="s">
         <v>66</v>
       </c>
       <c r="C19" s="25" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F19" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G19" s="27">
-        <v>45645</v>
+        <v>46009</v>
       </c>
       <c r="H19" s="27">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="I19" s="27">
-        <v>45649</v>
+        <v>46013</v>
       </c>
       <c r="J19" s="28">
-        <v>1.0956699999999999</v>
+        <v>0.63243000000000005</v>
       </c>
       <c r="K19" s="28">
         <v>0</v>
       </c>
       <c r="L19" s="28">
         <v>0</v>
       </c>
       <c r="M19" s="28">
-        <v>1.0956699999999999</v>
+        <v>0.63243000000000005</v>
       </c>
       <c r="N19" s="28">
         <v>0</v>
       </c>
       <c r="O19" s="28">
         <v>0</v>
       </c>
       <c r="P19" s="28">
         <v>0</v>
       </c>
       <c r="Q19" s="28">
         <v>0</v>
       </c>
       <c r="R19" s="28">
         <v>0</v>
       </c>
       <c r="S19" s="28">
         <v>0</v>
       </c>
       <c r="T19" s="28">
         <v>0</v>
       </c>
       <c r="U19" s="28">
         <v>0</v>
       </c>
       <c r="V19" s="28">
-        <v>1.0956699999999999</v>
+        <v>0.63243000000000005</v>
       </c>
       <c r="W19" s="28">
         <v>0</v>
       </c>
       <c r="X19" s="28">
         <v>0</v>
       </c>
       <c r="Y19" s="28">
         <v>0</v>
       </c>
       <c r="Z19" s="28">
         <v>0</v>
       </c>
       <c r="AA19" s="28">
         <v>0</v>
       </c>
       <c r="AB19" s="28">
         <v>0</v>
       </c>
       <c r="AC19" s="28">
         <v>0</v>
       </c>
       <c r="AD19" s="28">
         <v>0</v>
       </c>
@@ -2342,471 +2342,471 @@
       <c r="AL20" s="28"/>
       <c r="AM20" s="28"/>
       <c r="AN20" s="28"/>
       <c r="AO20" s="28"/>
     </row>
     <row r="21" spans="1:41">
       <c r="A21" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="25" t="s">
         <v>68</v>
       </c>
       <c r="C21" s="25" t="s">
         <v>69</v>
       </c>
       <c r="D21" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F21" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G21" s="27">
-        <v>45365</v>
+        <v>45736</v>
       </c>
       <c r="H21" s="27">
-        <v>45366</v>
+        <v>45737</v>
       </c>
       <c r="I21" s="27">
-        <v>45369</v>
+        <v>45740</v>
       </c>
       <c r="J21" s="28">
-        <v>0.10494000000000001</v>
+        <v>8.498E-2</v>
       </c>
       <c r="K21" s="28">
         <v>0</v>
       </c>
       <c r="L21" s="28">
         <v>0</v>
       </c>
       <c r="M21" s="28">
-        <v>0.10494000000000001</v>
+        <v>8.498E-2</v>
       </c>
       <c r="N21" s="28">
-        <v>0.10494000000000001</v>
+        <v>8.498E-2</v>
       </c>
       <c r="O21" s="28">
         <v>0</v>
       </c>
       <c r="P21" s="28">
         <v>0</v>
       </c>
       <c r="Q21" s="28">
-        <v>0.10494000000000001</v>
+        <v>8.498E-2</v>
       </c>
       <c r="R21" s="28">
-        <v>8.0000000000000007E-5</v>
+        <v>0</v>
       </c>
       <c r="S21" s="28">
         <v>0</v>
       </c>
       <c r="T21" s="28">
         <v>0</v>
       </c>
       <c r="U21" s="28">
-        <v>8.0000000000000007E-5</v>
+        <v>0</v>
       </c>
       <c r="V21" s="28">
         <v>0</v>
       </c>
       <c r="W21" s="28">
         <v>0</v>
       </c>
       <c r="X21" s="28">
         <v>0</v>
       </c>
       <c r="Y21" s="28">
         <v>0</v>
       </c>
       <c r="Z21" s="28">
         <v>0</v>
       </c>
       <c r="AA21" s="28">
         <v>0</v>
       </c>
       <c r="AB21" s="28">
         <v>0</v>
       </c>
       <c r="AC21" s="28">
         <v>0</v>
       </c>
       <c r="AD21" s="28">
         <v>0</v>
       </c>
       <c r="AE21" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF21" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG21" s="28">
-        <v>9.8129999999999995E-2</v>
+        <v>7.6310000000000003E-2</v>
       </c>
       <c r="AH21" s="28">
         <v>0</v>
       </c>
       <c r="AI21" s="28">
         <v>0</v>
       </c>
       <c r="AJ21" s="28">
-        <v>9.8129999999999995E-2</v>
+        <v>7.6310000000000003E-2</v>
       </c>
       <c r="AK21" s="28">
         <v>0</v>
       </c>
       <c r="AL21" s="28">
         <v>0</v>
       </c>
       <c r="AM21" s="28">
         <v>0</v>
       </c>
       <c r="AN21" s="28">
         <v>0</v>
       </c>
       <c r="AO21" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:41">
       <c r="A22" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="25" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="25" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E22" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F22" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G22" s="27">
-        <v>45463</v>
+        <v>45826</v>
       </c>
       <c r="H22" s="27">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="I22" s="27">
-        <v>45467</v>
+        <v>45831</v>
       </c>
       <c r="J22" s="28">
-        <v>8.2869999999999999E-2</v>
+        <v>0.11608</v>
       </c>
       <c r="K22" s="28">
         <v>0</v>
       </c>
       <c r="L22" s="28">
         <v>0</v>
       </c>
       <c r="M22" s="28">
-        <v>8.2869999999999999E-2</v>
+        <v>0.11608</v>
       </c>
       <c r="N22" s="28">
-        <v>8.2869999999999999E-2</v>
+        <v>0.11608</v>
       </c>
       <c r="O22" s="28">
         <v>0</v>
       </c>
       <c r="P22" s="28">
         <v>0</v>
       </c>
       <c r="Q22" s="28">
-        <v>8.2869999999999999E-2</v>
+        <v>0.11608</v>
       </c>
       <c r="R22" s="28">
-        <v>6.9999999999999994E-5</v>
+        <v>0</v>
       </c>
       <c r="S22" s="28">
         <v>0</v>
       </c>
       <c r="T22" s="28">
         <v>0</v>
       </c>
       <c r="U22" s="28">
-        <v>6.9999999999999994E-5</v>
+        <v>0</v>
       </c>
       <c r="V22" s="28">
         <v>0</v>
       </c>
       <c r="W22" s="28">
         <v>0</v>
       </c>
       <c r="X22" s="28">
         <v>0</v>
       </c>
       <c r="Y22" s="28">
         <v>0</v>
       </c>
       <c r="Z22" s="28">
         <v>0</v>
       </c>
       <c r="AA22" s="28">
         <v>0</v>
       </c>
       <c r="AB22" s="28">
         <v>0</v>
       </c>
       <c r="AC22" s="28">
         <v>0</v>
       </c>
       <c r="AD22" s="28">
         <v>0</v>
       </c>
       <c r="AE22" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF22" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG22" s="28">
-        <v>7.7490000000000003E-2</v>
+        <v>0.10423</v>
       </c>
       <c r="AH22" s="28">
         <v>0</v>
       </c>
       <c r="AI22" s="28">
         <v>0</v>
       </c>
       <c r="AJ22" s="28">
-        <v>7.7490000000000003E-2</v>
+        <v>0.10423</v>
       </c>
       <c r="AK22" s="28">
         <v>0</v>
       </c>
       <c r="AL22" s="28">
         <v>0</v>
       </c>
       <c r="AM22" s="28">
         <v>0</v>
       </c>
       <c r="AN22" s="28">
         <v>0</v>
       </c>
       <c r="AO22" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:41">
       <c r="A23" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="25" t="s">
         <v>68</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F23" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G23" s="27">
-        <v>45554</v>
+        <v>45918</v>
       </c>
       <c r="H23" s="27">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="I23" s="27">
-        <v>45558</v>
+        <v>45922</v>
       </c>
       <c r="J23" s="28">
-        <v>8.5319999999999993E-2</v>
+        <v>4.0320000000000002E-2</v>
       </c>
       <c r="K23" s="28">
         <v>0</v>
       </c>
       <c r="L23" s="28">
         <v>0</v>
       </c>
       <c r="M23" s="28">
-        <v>8.5319999999999993E-2</v>
+        <v>4.0320000000000002E-2</v>
       </c>
       <c r="N23" s="28">
-        <v>8.5319999999999993E-2</v>
+        <v>4.0320000000000002E-2</v>
       </c>
       <c r="O23" s="28">
         <v>0</v>
       </c>
       <c r="P23" s="28">
         <v>0</v>
       </c>
       <c r="Q23" s="28">
-        <v>8.5319999999999993E-2</v>
+        <v>4.0320000000000002E-2</v>
       </c>
       <c r="R23" s="28">
-        <v>6.9999999999999994E-5</v>
+        <v>0</v>
       </c>
       <c r="S23" s="28">
         <v>0</v>
       </c>
       <c r="T23" s="28">
         <v>0</v>
       </c>
       <c r="U23" s="28">
-        <v>6.9999999999999994E-5</v>
+        <v>0</v>
       </c>
       <c r="V23" s="28">
         <v>0</v>
       </c>
       <c r="W23" s="28">
         <v>0</v>
       </c>
       <c r="X23" s="28">
         <v>0</v>
       </c>
       <c r="Y23" s="28">
         <v>0</v>
       </c>
       <c r="Z23" s="28">
         <v>0</v>
       </c>
       <c r="AA23" s="28">
         <v>0</v>
       </c>
       <c r="AB23" s="28">
         <v>0</v>
       </c>
       <c r="AC23" s="28">
         <v>0</v>
       </c>
       <c r="AD23" s="28">
         <v>0</v>
       </c>
       <c r="AE23" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF23" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG23" s="28">
-        <v>7.9780000000000004E-2</v>
+        <v>3.6209999999999999E-2</v>
       </c>
       <c r="AH23" s="28">
         <v>0</v>
       </c>
       <c r="AI23" s="28">
         <v>0</v>
       </c>
       <c r="AJ23" s="28">
-        <v>7.9780000000000004E-2</v>
+        <v>3.6209999999999999E-2</v>
       </c>
       <c r="AK23" s="28">
         <v>0</v>
       </c>
       <c r="AL23" s="28">
         <v>0</v>
       </c>
       <c r="AM23" s="28">
         <v>0</v>
       </c>
       <c r="AN23" s="28">
         <v>0</v>
       </c>
       <c r="AO23" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:41">
       <c r="A24" s="25" t="s">
         <v>65</v>
       </c>
       <c r="B24" s="25" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="25" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F24" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G24" s="27">
-        <v>45645</v>
+        <v>46009</v>
       </c>
       <c r="H24" s="27">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="I24" s="27">
-        <v>45649</v>
+        <v>46013</v>
       </c>
       <c r="J24" s="28">
-        <v>1.0956699999999999</v>
+        <v>0.63243000000000005</v>
       </c>
       <c r="K24" s="28">
         <v>0</v>
       </c>
       <c r="L24" s="28">
         <v>0</v>
       </c>
       <c r="M24" s="28">
-        <v>1.0956699999999999</v>
+        <v>0.63243000000000005</v>
       </c>
       <c r="N24" s="28">
         <v>0</v>
       </c>
       <c r="O24" s="28">
         <v>0</v>
       </c>
       <c r="P24" s="28">
         <v>0</v>
       </c>
       <c r="Q24" s="28">
         <v>0</v>
       </c>
       <c r="R24" s="28">
         <v>0</v>
       </c>
       <c r="S24" s="28">
         <v>0</v>
       </c>
       <c r="T24" s="28">
         <v>0</v>
       </c>
       <c r="U24" s="28">
         <v>0</v>
       </c>
       <c r="V24" s="28">
-        <v>1.0956699999999999</v>
+        <v>0.63243000000000005</v>
       </c>
       <c r="W24" s="28">
         <v>0</v>
       </c>
       <c r="X24" s="28">
         <v>0</v>
       </c>
       <c r="Y24" s="28">
         <v>0</v>
       </c>
       <c r="Z24" s="28">
         <v>0</v>
       </c>
       <c r="AA24" s="28">
         <v>0</v>
       </c>
       <c r="AB24" s="28">
         <v>0</v>
       </c>
       <c r="AC24" s="28">
         <v>0</v>
       </c>
       <c r="AD24" s="28">
         <v>0</v>
       </c>
@@ -2885,111 +2885,111 @@
       <c r="AL25" s="28"/>
       <c r="AM25" s="28"/>
       <c r="AN25" s="28"/>
       <c r="AO25" s="28"/>
     </row>
     <row r="26" spans="1:41">
       <c r="A26" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F26" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G26" s="27">
-        <v>45365</v>
+        <v>45736</v>
       </c>
       <c r="H26" s="27">
-        <v>45366</v>
+        <v>45737</v>
       </c>
       <c r="I26" s="27">
-        <v>45369</v>
+        <v>45740</v>
       </c>
       <c r="J26" s="28">
-        <v>0.17810000000000001</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="K26" s="28">
         <v>0</v>
       </c>
       <c r="L26" s="28">
         <v>0</v>
       </c>
       <c r="M26" s="28">
-        <v>0.17810000000000001</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="N26" s="28">
-        <v>0.17810000000000001</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="O26" s="28">
         <v>0</v>
       </c>
       <c r="P26" s="28">
-        <v>6.0099999999999997E-3</v>
+        <v>5.2599999999999999E-3</v>
       </c>
       <c r="Q26" s="28">
-        <v>0.18411</v>
+        <v>0.18135999999999999</v>
       </c>
       <c r="R26" s="28">
-        <v>0.17810000000000001</v>
+        <v>0.17610000000000001</v>
       </c>
       <c r="S26" s="28">
         <v>0</v>
       </c>
       <c r="T26" s="28">
-        <v>6.0099999999999997E-3</v>
+        <v>5.2599999999999999E-3</v>
       </c>
       <c r="U26" s="28">
-        <v>0.18411</v>
+        <v>0.18135999999999999</v>
       </c>
       <c r="V26" s="28">
         <v>0</v>
       </c>
       <c r="W26" s="28">
         <v>0</v>
       </c>
       <c r="X26" s="28">
         <v>0</v>
       </c>
       <c r="Y26" s="28">
         <v>0</v>
       </c>
       <c r="Z26" s="28">
         <v>0</v>
       </c>
       <c r="AA26" s="28">
-        <v>6.0099999999999997E-3</v>
+        <v>5.2599999999999999E-3</v>
       </c>
       <c r="AB26" s="28">
         <v>0</v>
       </c>
       <c r="AC26" s="28">
         <v>0</v>
       </c>
       <c r="AD26" s="28">
         <v>0</v>
       </c>
       <c r="AE26" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF26" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG26" s="28">
         <v>0</v>
       </c>
       <c r="AH26" s="28">
         <v>0</v>
       </c>
       <c r="AI26" s="28">
         <v>0</v>
       </c>
@@ -3010,111 +3010,111 @@
       </c>
       <c r="AO26" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:41">
       <c r="A27" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B27" s="25" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E27" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F27" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G27" s="27">
-        <v>45463</v>
+        <v>45826</v>
       </c>
       <c r="H27" s="27">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="I27" s="27">
-        <v>45467</v>
+        <v>45831</v>
       </c>
       <c r="J27" s="28">
-        <v>0.1744</v>
+        <v>0.1741</v>
       </c>
       <c r="K27" s="28">
         <v>0</v>
       </c>
       <c r="L27" s="28">
         <v>0</v>
       </c>
       <c r="M27" s="28">
-        <v>0.1744</v>
+        <v>0.1741</v>
       </c>
       <c r="N27" s="28">
-        <v>0.1744</v>
+        <v>0.1741</v>
       </c>
       <c r="O27" s="28">
         <v>0</v>
       </c>
       <c r="P27" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2500000000000003E-3</v>
       </c>
       <c r="Q27" s="28">
-        <v>0.18038000000000001</v>
+        <v>0.17935000000000001</v>
       </c>
       <c r="R27" s="28">
-        <v>0.1744</v>
+        <v>0.1741</v>
       </c>
       <c r="S27" s="28">
         <v>0</v>
       </c>
       <c r="T27" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2500000000000003E-3</v>
       </c>
       <c r="U27" s="28">
-        <v>0.18038000000000001</v>
+        <v>0.17935000000000001</v>
       </c>
       <c r="V27" s="28">
         <v>0</v>
       </c>
       <c r="W27" s="28">
         <v>0</v>
       </c>
       <c r="X27" s="28">
         <v>0</v>
       </c>
       <c r="Y27" s="28">
         <v>0</v>
       </c>
       <c r="Z27" s="28">
         <v>0</v>
       </c>
       <c r="AA27" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2500000000000003E-3</v>
       </c>
       <c r="AB27" s="28">
         <v>0</v>
       </c>
       <c r="AC27" s="28">
         <v>0</v>
       </c>
       <c r="AD27" s="28">
         <v>0</v>
       </c>
       <c r="AE27" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG27" s="28">
         <v>0</v>
       </c>
       <c r="AH27" s="28">
         <v>0</v>
       </c>
       <c r="AI27" s="28">
         <v>0</v>
       </c>
@@ -3129,117 +3129,117 @@
       </c>
       <c r="AM27" s="28">
         <v>0</v>
       </c>
       <c r="AN27" s="28">
         <v>0</v>
       </c>
       <c r="AO27" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:41">
       <c r="A28" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B28" s="25" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E28" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F28" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G28" s="27">
-        <v>45554</v>
+        <v>45918</v>
       </c>
       <c r="H28" s="27">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="I28" s="27">
-        <v>45558</v>
+        <v>45922</v>
       </c>
       <c r="J28" s="28">
-        <v>0.1744</v>
+        <v>0.17269999999999999</v>
       </c>
       <c r="K28" s="28">
         <v>0</v>
       </c>
       <c r="L28" s="28">
         <v>0</v>
       </c>
       <c r="M28" s="28">
-        <v>0.1744</v>
+        <v>0.17269999999999999</v>
       </c>
       <c r="N28" s="28">
-        <v>0.16985</v>
+        <v>0.17269999999999999</v>
       </c>
       <c r="O28" s="28">
         <v>0</v>
       </c>
       <c r="P28" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="Q28" s="28">
-        <v>0.17583000000000001</v>
+        <v>0.17793</v>
       </c>
       <c r="R28" s="28">
-        <v>0.16985</v>
+        <v>0.17269999999999999</v>
       </c>
       <c r="S28" s="28">
         <v>0</v>
       </c>
       <c r="T28" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="U28" s="28">
-        <v>0.17583000000000001</v>
+        <v>0.17793</v>
       </c>
       <c r="V28" s="28">
-        <v>4.5500000000000002E-3</v>
+        <v>0</v>
       </c>
       <c r="W28" s="28">
         <v>0</v>
       </c>
       <c r="X28" s="28">
         <v>0</v>
       </c>
       <c r="Y28" s="28">
         <v>0</v>
       </c>
       <c r="Z28" s="28">
         <v>0</v>
       </c>
       <c r="AA28" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="AB28" s="28">
         <v>0</v>
       </c>
       <c r="AC28" s="28">
         <v>0</v>
       </c>
       <c r="AD28" s="28">
         <v>0</v>
       </c>
       <c r="AE28" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF28" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG28" s="28">
         <v>0</v>
       </c>
       <c r="AH28" s="28">
         <v>0</v>
       </c>
       <c r="AI28" s="28">
         <v>0</v>
       </c>
@@ -3260,111 +3260,111 @@
       </c>
       <c r="AO28" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:41">
       <c r="A29" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B29" s="25" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E29" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F29" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G29" s="27">
-        <v>45645</v>
+        <v>46009</v>
       </c>
       <c r="H29" s="27">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="I29" s="27">
-        <v>45649</v>
+        <v>46013</v>
       </c>
       <c r="J29" s="28">
-        <v>1.2150700000000001</v>
+        <v>1.44255</v>
       </c>
       <c r="K29" s="28">
         <v>0</v>
       </c>
       <c r="L29" s="28">
         <v>0</v>
       </c>
       <c r="M29" s="28">
-        <v>1.2150700000000001</v>
+        <v>1.44255</v>
       </c>
       <c r="N29" s="28">
         <v>0</v>
       </c>
       <c r="O29" s="28">
         <v>0</v>
       </c>
       <c r="P29" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="Q29" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="R29" s="28">
         <v>0</v>
       </c>
       <c r="S29" s="28">
         <v>0</v>
       </c>
       <c r="T29" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="U29" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="V29" s="28">
-        <v>1.2150700000000001</v>
+        <v>1.44255</v>
       </c>
       <c r="W29" s="28">
         <v>0</v>
       </c>
       <c r="X29" s="28">
         <v>0</v>
       </c>
       <c r="Y29" s="28">
         <v>0</v>
       </c>
       <c r="Z29" s="28">
         <v>0</v>
       </c>
       <c r="AA29" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="AB29" s="28">
         <v>0</v>
       </c>
       <c r="AC29" s="28">
         <v>0</v>
       </c>
       <c r="AD29" s="28">
         <v>0</v>
       </c>
       <c r="AE29" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF29" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG29" s="28">
         <v>0</v>
       </c>
       <c r="AH29" s="28">
         <v>0</v>
       </c>
       <c r="AI29" s="28">
         <v>0</v>
       </c>
@@ -3413,501 +3413,501 @@
       <c r="W30" s="28"/>
       <c r="X30" s="28"/>
       <c r="Y30" s="28"/>
       <c r="Z30" s="28"/>
       <c r="AA30" s="28"/>
       <c r="AB30" s="28"/>
       <c r="AC30" s="28"/>
       <c r="AD30" s="28"/>
       <c r="AE30" s="29"/>
       <c r="AF30" s="1"/>
       <c r="AG30" s="28"/>
       <c r="AH30" s="28"/>
       <c r="AI30" s="28"/>
       <c r="AJ30" s="28"/>
       <c r="AK30" s="28"/>
       <c r="AL30" s="28"/>
       <c r="AM30" s="28"/>
       <c r="AN30" s="28"/>
       <c r="AO30" s="28"/>
     </row>
     <row r="31" spans="1:41">
       <c r="A31" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="C31" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C31" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F31" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G31" s="27">
-        <v>45365</v>
+        <v>45736</v>
       </c>
       <c r="H31" s="27">
-        <v>45366</v>
+        <v>45737</v>
       </c>
       <c r="I31" s="27">
-        <v>45369</v>
+        <v>45740</v>
       </c>
       <c r="J31" s="28">
         <v>0.19</v>
       </c>
       <c r="K31" s="28">
         <v>0</v>
       </c>
       <c r="L31" s="28">
         <v>0</v>
       </c>
       <c r="M31" s="28">
         <v>0.19</v>
       </c>
       <c r="N31" s="28">
         <v>0.19</v>
       </c>
       <c r="O31" s="28">
         <v>0</v>
       </c>
       <c r="P31" s="28">
-        <v>6.0099999999999997E-3</v>
+        <v>5.2599999999999999E-3</v>
       </c>
       <c r="Q31" s="28">
-        <v>0.19600999999999999</v>
+        <v>0.19525999999999999</v>
       </c>
       <c r="R31" s="28">
         <v>0.19</v>
       </c>
       <c r="S31" s="28">
         <v>0</v>
       </c>
       <c r="T31" s="28">
-        <v>6.0099999999999997E-3</v>
+        <v>5.2599999999999999E-3</v>
       </c>
       <c r="U31" s="28">
-        <v>0.19600999999999999</v>
+        <v>0.19525999999999999</v>
       </c>
       <c r="V31" s="28">
         <v>0</v>
       </c>
       <c r="W31" s="28">
         <v>0</v>
       </c>
       <c r="X31" s="28">
         <v>0</v>
       </c>
       <c r="Y31" s="28">
         <v>0</v>
       </c>
       <c r="Z31" s="28">
         <v>0</v>
       </c>
       <c r="AA31" s="28">
-        <v>6.0099999999999997E-3</v>
+        <v>5.2599999999999999E-3</v>
       </c>
       <c r="AB31" s="28">
         <v>0</v>
       </c>
       <c r="AC31" s="28">
         <v>0</v>
       </c>
       <c r="AD31" s="28">
         <v>0</v>
       </c>
       <c r="AE31" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF31" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG31" s="28">
         <v>0</v>
       </c>
       <c r="AH31" s="28">
         <v>0</v>
       </c>
       <c r="AI31" s="28">
         <v>0</v>
       </c>
       <c r="AJ31" s="28">
         <v>0</v>
       </c>
       <c r="AK31" s="28">
         <v>0</v>
       </c>
       <c r="AL31" s="28">
         <v>0</v>
       </c>
       <c r="AM31" s="28">
         <v>0</v>
       </c>
       <c r="AN31" s="28">
         <v>0</v>
       </c>
       <c r="AO31" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:41">
       <c r="A32" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C32" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E32" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F32" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G32" s="27">
-        <v>45463</v>
+        <v>45826</v>
       </c>
       <c r="H32" s="27">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="I32" s="27">
-        <v>45467</v>
+        <v>45831</v>
       </c>
       <c r="J32" s="28">
         <v>0.19</v>
       </c>
       <c r="K32" s="28">
         <v>0</v>
       </c>
       <c r="L32" s="28">
         <v>0</v>
       </c>
       <c r="M32" s="28">
         <v>0.19</v>
       </c>
       <c r="N32" s="28">
         <v>0.19</v>
       </c>
       <c r="O32" s="28">
         <v>0</v>
       </c>
       <c r="P32" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2500000000000003E-3</v>
       </c>
       <c r="Q32" s="28">
-        <v>0.19598000000000002</v>
+        <v>0.19525000000000001</v>
       </c>
       <c r="R32" s="28">
         <v>0.19</v>
       </c>
       <c r="S32" s="28">
         <v>0</v>
       </c>
       <c r="T32" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2500000000000003E-3</v>
       </c>
       <c r="U32" s="28">
-        <v>0.19598000000000002</v>
+        <v>0.19525000000000001</v>
       </c>
       <c r="V32" s="28">
         <v>0</v>
       </c>
       <c r="W32" s="28">
         <v>0</v>
       </c>
       <c r="X32" s="28">
         <v>0</v>
       </c>
       <c r="Y32" s="28">
         <v>0</v>
       </c>
       <c r="Z32" s="28">
         <v>0</v>
       </c>
       <c r="AA32" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2500000000000003E-3</v>
       </c>
       <c r="AB32" s="28">
         <v>0</v>
       </c>
       <c r="AC32" s="28">
         <v>0</v>
       </c>
       <c r="AD32" s="28">
         <v>0</v>
       </c>
       <c r="AE32" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF32" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG32" s="28">
         <v>0</v>
       </c>
       <c r="AH32" s="28">
         <v>0</v>
       </c>
       <c r="AI32" s="28">
         <v>0</v>
       </c>
       <c r="AJ32" s="28">
         <v>0</v>
       </c>
       <c r="AK32" s="28">
         <v>0</v>
       </c>
       <c r="AL32" s="28">
         <v>0</v>
       </c>
       <c r="AM32" s="28">
         <v>0</v>
       </c>
       <c r="AN32" s="28">
         <v>0</v>
       </c>
       <c r="AO32" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:41">
       <c r="A33" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="C33" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C33" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F33" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G33" s="27">
-        <v>45554</v>
+        <v>45918</v>
       </c>
       <c r="H33" s="27">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="I33" s="27">
-        <v>45558</v>
+        <v>45922</v>
       </c>
       <c r="J33" s="28">
         <v>0.19</v>
       </c>
       <c r="K33" s="28">
         <v>0</v>
       </c>
       <c r="L33" s="28">
         <v>0</v>
       </c>
       <c r="M33" s="28">
         <v>0.19</v>
       </c>
       <c r="N33" s="28">
-        <v>0.18504000000000001</v>
+        <v>0.19</v>
       </c>
       <c r="O33" s="28">
         <v>0</v>
       </c>
       <c r="P33" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="Q33" s="28">
-        <v>0.19102000000000002</v>
+        <v>0.19523000000000001</v>
       </c>
       <c r="R33" s="28">
-        <v>0.18504000000000001</v>
+        <v>0.19</v>
       </c>
       <c r="S33" s="28">
         <v>0</v>
       </c>
       <c r="T33" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="U33" s="28">
-        <v>0.19102000000000002</v>
+        <v>0.19523000000000001</v>
       </c>
       <c r="V33" s="28">
-        <v>4.96E-3</v>
+        <v>0</v>
       </c>
       <c r="W33" s="28">
         <v>0</v>
       </c>
       <c r="X33" s="28">
         <v>0</v>
       </c>
       <c r="Y33" s="28">
         <v>0</v>
       </c>
       <c r="Z33" s="28">
         <v>0</v>
       </c>
       <c r="AA33" s="28">
-        <v>5.9800000000000001E-3</v>
+        <v>5.2300000000000003E-3</v>
       </c>
       <c r="AB33" s="28">
         <v>0</v>
       </c>
       <c r="AC33" s="28">
         <v>0</v>
       </c>
       <c r="AD33" s="28">
         <v>0</v>
       </c>
       <c r="AE33" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF33" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG33" s="28">
         <v>0</v>
       </c>
       <c r="AH33" s="28">
         <v>0</v>
       </c>
       <c r="AI33" s="28">
         <v>0</v>
       </c>
       <c r="AJ33" s="28">
         <v>0</v>
       </c>
       <c r="AK33" s="28">
         <v>0</v>
       </c>
       <c r="AL33" s="28">
         <v>0</v>
       </c>
       <c r="AM33" s="28">
         <v>0</v>
       </c>
       <c r="AN33" s="28">
         <v>0</v>
       </c>
       <c r="AO33" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:41">
       <c r="A34" s="25" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="C34" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C34" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="27">
-        <v>45645</v>
+        <v>46009</v>
       </c>
       <c r="H34" s="27">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="I34" s="27">
-        <v>45649</v>
+        <v>46013</v>
       </c>
       <c r="J34" s="28">
-        <v>1.2150700000000001</v>
+        <v>1.44255</v>
       </c>
       <c r="K34" s="28">
         <v>0</v>
       </c>
       <c r="L34" s="28">
         <v>0</v>
       </c>
       <c r="M34" s="28">
-        <v>1.2150700000000001</v>
+        <v>1.44255</v>
       </c>
       <c r="N34" s="28">
         <v>0</v>
       </c>
       <c r="O34" s="28">
         <v>0</v>
       </c>
       <c r="P34" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="Q34" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="R34" s="28">
         <v>0</v>
       </c>
       <c r="S34" s="28">
         <v>0</v>
       </c>
       <c r="T34" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="U34" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="V34" s="28">
-        <v>1.2150700000000001</v>
+        <v>1.44255</v>
       </c>
       <c r="W34" s="28">
         <v>0</v>
       </c>
       <c r="X34" s="28">
         <v>0</v>
       </c>
       <c r="Y34" s="28">
         <v>0</v>
       </c>
       <c r="Z34" s="28">
         <v>0</v>
       </c>
       <c r="AA34" s="28">
-        <v>3.909E-2</v>
+        <v>4.0680000000000001E-2</v>
       </c>
       <c r="AB34" s="28">
         <v>0</v>
       </c>
       <c r="AC34" s="28">
         <v>0</v>
       </c>
       <c r="AD34" s="28">
         <v>0</v>
       </c>
       <c r="AE34" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF34" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG34" s="28">
         <v>0</v>
       </c>
       <c r="AH34" s="28">
         <v>0</v>
       </c>
       <c r="AI34" s="28">
         <v>0</v>
       </c>
@@ -3953,1531 +3953,1531 @@
       <c r="T35" s="28"/>
       <c r="U35" s="28"/>
       <c r="V35" s="28"/>
       <c r="W35" s="28"/>
       <c r="X35" s="28"/>
       <c r="Y35" s="28"/>
       <c r="Z35" s="28"/>
       <c r="AA35" s="28"/>
       <c r="AB35" s="28"/>
       <c r="AC35" s="28"/>
       <c r="AD35" s="28"/>
       <c r="AE35" s="29"/>
       <c r="AF35" s="1"/>
       <c r="AG35" s="28"/>
       <c r="AH35" s="28"/>
       <c r="AI35" s="28"/>
       <c r="AJ35" s="28"/>
       <c r="AK35" s="28"/>
       <c r="AL35" s="28"/>
       <c r="AM35" s="28"/>
       <c r="AN35" s="28"/>
       <c r="AO35" s="28"/>
     </row>
     <row r="36" spans="1:41">
       <c r="A36" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="25" t="s">
+      <c r="C36" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C36" s="25" t="s">
+      <c r="D36" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="E36" s="26" t="s">
         <v>78</v>
       </c>
-      <c r="D36" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G36" s="27">
-        <v>45309</v>
+        <v>45673</v>
       </c>
       <c r="H36" s="27">
-        <v>45310</v>
+        <v>45674</v>
       </c>
       <c r="I36" s="27">
-        <v>45313</v>
+        <v>45678</v>
       </c>
       <c r="J36" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K36" s="28">
         <v>0</v>
       </c>
       <c r="L36" s="28">
         <v>0</v>
       </c>
       <c r="M36" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N36" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="O36" s="28">
         <v>0</v>
       </c>
       <c r="P36" s="28">
         <v>0</v>
       </c>
       <c r="Q36" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="R36" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>0</v>
       </c>
       <c r="S36" s="28">
         <v>0</v>
       </c>
       <c r="T36" s="28">
         <v>0</v>
       </c>
       <c r="U36" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>0</v>
       </c>
       <c r="V36" s="28">
-        <v>0</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="W36" s="28">
         <v>0</v>
       </c>
       <c r="X36" s="28">
         <v>0</v>
       </c>
       <c r="Y36" s="28">
         <v>0</v>
       </c>
       <c r="Z36" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA36" s="28">
         <v>0</v>
       </c>
       <c r="AB36" s="28">
         <v>0</v>
       </c>
       <c r="AC36" s="28">
         <v>0</v>
       </c>
       <c r="AD36" s="28">
         <v>0</v>
       </c>
       <c r="AE36" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF36" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG36" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AH36" s="28">
         <v>0</v>
       </c>
       <c r="AI36" s="28">
         <v>0</v>
       </c>
       <c r="AJ36" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AK36" s="28">
         <v>0</v>
       </c>
       <c r="AL36" s="28">
         <v>0</v>
       </c>
       <c r="AM36" s="28">
         <v>0</v>
       </c>
       <c r="AN36" s="28">
         <v>0</v>
       </c>
       <c r="AO36" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:41">
       <c r="A37" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B37" s="25" t="s">
+      <c r="C37" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C37" s="25" t="s">
+      <c r="D37" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="E37" s="26" t="s">
         <v>78</v>
       </c>
-      <c r="D37" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G37" s="27">
-        <v>45337</v>
+        <v>45708</v>
       </c>
       <c r="H37" s="27">
-        <v>45338</v>
+        <v>45709</v>
       </c>
       <c r="I37" s="27">
-        <v>45342</v>
+        <v>45712</v>
       </c>
       <c r="J37" s="28">
         <v>1.9199999999999998E-2</v>
       </c>
       <c r="K37" s="28">
         <v>0</v>
       </c>
       <c r="L37" s="28">
         <v>0</v>
       </c>
       <c r="M37" s="28">
         <v>1.9199999999999998E-2</v>
       </c>
       <c r="N37" s="28">
-        <v>1.521E-2</v>
+        <v>0</v>
       </c>
       <c r="O37" s="28">
         <v>0</v>
       </c>
       <c r="P37" s="28">
         <v>0</v>
       </c>
       <c r="Q37" s="28">
-        <v>1.521E-2</v>
+        <v>0</v>
       </c>
       <c r="R37" s="28">
-        <v>9.9500000000000005E-3</v>
+        <v>0</v>
       </c>
       <c r="S37" s="28">
         <v>0</v>
       </c>
       <c r="T37" s="28">
         <v>0</v>
       </c>
       <c r="U37" s="28">
-        <v>9.9500000000000005E-3</v>
+        <v>0</v>
       </c>
       <c r="V37" s="28">
-        <v>0</v>
+        <v>1.9199999999999998E-2</v>
       </c>
       <c r="W37" s="28">
         <v>0</v>
       </c>
       <c r="X37" s="28">
         <v>0</v>
       </c>
       <c r="Y37" s="28">
         <v>0</v>
       </c>
       <c r="Z37" s="28">
-        <v>3.9899999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA37" s="28">
         <v>0</v>
       </c>
       <c r="AB37" s="28">
         <v>0</v>
       </c>
       <c r="AC37" s="28">
         <v>0</v>
       </c>
       <c r="AD37" s="28">
         <v>0</v>
       </c>
       <c r="AE37" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF37" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG37" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AH37" s="28">
         <v>0</v>
       </c>
       <c r="AI37" s="28">
         <v>0</v>
       </c>
       <c r="AJ37" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AK37" s="28">
         <v>0</v>
       </c>
       <c r="AL37" s="28">
         <v>0</v>
       </c>
       <c r="AM37" s="28">
         <v>0</v>
       </c>
       <c r="AN37" s="28">
         <v>0</v>
       </c>
       <c r="AO37" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:41">
       <c r="A38" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B38" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B38" s="25" t="s">
+      <c r="C38" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C38" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E38" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F38" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G38" s="27">
-        <v>45365</v>
+        <v>45736</v>
       </c>
       <c r="H38" s="27">
-        <v>45366</v>
+        <v>45737</v>
       </c>
       <c r="I38" s="27">
-        <v>45369</v>
+        <v>45740</v>
       </c>
       <c r="J38" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K38" s="28">
         <v>0</v>
       </c>
       <c r="L38" s="28">
         <v>0</v>
       </c>
       <c r="M38" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N38" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O38" s="28">
         <v>0</v>
       </c>
       <c r="P38" s="28">
         <v>0</v>
       </c>
       <c r="Q38" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R38" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S38" s="28">
         <v>0</v>
       </c>
       <c r="T38" s="28">
         <v>0</v>
       </c>
       <c r="U38" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V38" s="28">
         <v>0</v>
       </c>
       <c r="W38" s="28">
         <v>0</v>
       </c>
       <c r="X38" s="28">
         <v>0</v>
       </c>
       <c r="Y38" s="28">
         <v>0</v>
       </c>
       <c r="Z38" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA38" s="28">
         <v>0</v>
       </c>
       <c r="AB38" s="28">
         <v>0</v>
       </c>
       <c r="AC38" s="28">
         <v>0</v>
       </c>
       <c r="AD38" s="28">
         <v>0</v>
       </c>
       <c r="AE38" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF38" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG38" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH38" s="28">
         <v>0</v>
       </c>
       <c r="AI38" s="28">
         <v>0</v>
       </c>
       <c r="AJ38" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK38" s="28">
         <v>0</v>
       </c>
       <c r="AL38" s="28">
         <v>0</v>
       </c>
       <c r="AM38" s="28">
         <v>0</v>
       </c>
       <c r="AN38" s="28">
         <v>0</v>
       </c>
       <c r="AO38" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:41">
       <c r="A39" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B39" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B39" s="25" t="s">
+      <c r="C39" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C39" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E39" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F39" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G39" s="27">
-        <v>45400</v>
+        <v>45763</v>
       </c>
       <c r="H39" s="27">
-        <v>45401</v>
+        <v>45764</v>
       </c>
       <c r="I39" s="27">
-        <v>45404</v>
+        <v>45768</v>
       </c>
       <c r="J39" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K39" s="28">
         <v>0</v>
       </c>
       <c r="L39" s="28">
         <v>0</v>
       </c>
       <c r="M39" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N39" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O39" s="28">
         <v>0</v>
       </c>
       <c r="P39" s="28">
         <v>0</v>
       </c>
       <c r="Q39" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R39" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S39" s="28">
         <v>0</v>
       </c>
       <c r="T39" s="28">
         <v>0</v>
       </c>
       <c r="U39" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V39" s="28">
         <v>0</v>
       </c>
       <c r="W39" s="28">
         <v>0</v>
       </c>
       <c r="X39" s="28">
         <v>0</v>
       </c>
       <c r="Y39" s="28">
         <v>0</v>
       </c>
       <c r="Z39" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA39" s="28">
         <v>0</v>
       </c>
       <c r="AB39" s="28">
         <v>0</v>
       </c>
       <c r="AC39" s="28">
         <v>0</v>
       </c>
       <c r="AD39" s="28">
         <v>0</v>
       </c>
       <c r="AE39" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF39" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG39" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH39" s="28">
         <v>0</v>
       </c>
       <c r="AI39" s="28">
         <v>0</v>
       </c>
       <c r="AJ39" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK39" s="28">
         <v>0</v>
       </c>
       <c r="AL39" s="28">
         <v>0</v>
       </c>
       <c r="AM39" s="28">
         <v>0</v>
       </c>
       <c r="AN39" s="28">
         <v>0</v>
       </c>
       <c r="AO39" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:41">
       <c r="A40" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B40" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B40" s="25" t="s">
+      <c r="C40" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C40" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E40" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F40" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G40" s="27">
-        <v>45428</v>
+        <v>45792</v>
       </c>
       <c r="H40" s="27">
-        <v>45429</v>
+        <v>45793</v>
       </c>
       <c r="I40" s="27">
-        <v>45432</v>
+        <v>45796</v>
       </c>
       <c r="J40" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K40" s="28">
         <v>0</v>
       </c>
       <c r="L40" s="28">
         <v>0</v>
       </c>
       <c r="M40" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N40" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O40" s="28">
         <v>0</v>
       </c>
       <c r="P40" s="28">
         <v>0</v>
       </c>
       <c r="Q40" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R40" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S40" s="28">
         <v>0</v>
       </c>
       <c r="T40" s="28">
         <v>0</v>
       </c>
       <c r="U40" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V40" s="28">
         <v>0</v>
       </c>
       <c r="W40" s="28">
         <v>0</v>
       </c>
       <c r="X40" s="28">
         <v>0</v>
       </c>
       <c r="Y40" s="28">
         <v>0</v>
       </c>
       <c r="Z40" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA40" s="28">
         <v>0</v>
       </c>
       <c r="AB40" s="28">
         <v>0</v>
       </c>
       <c r="AC40" s="28">
         <v>0</v>
       </c>
       <c r="AD40" s="28">
         <v>0</v>
       </c>
       <c r="AE40" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF40" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG40" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH40" s="28">
         <v>0</v>
       </c>
       <c r="AI40" s="28">
         <v>0</v>
       </c>
       <c r="AJ40" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK40" s="28">
         <v>0</v>
       </c>
       <c r="AL40" s="28">
         <v>0</v>
       </c>
       <c r="AM40" s="28">
         <v>0</v>
       </c>
       <c r="AN40" s="28">
         <v>0</v>
       </c>
       <c r="AO40" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:41">
       <c r="A41" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B41" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B41" s="25" t="s">
+      <c r="C41" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C41" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E41" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F41" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G41" s="27">
-        <v>45463</v>
+        <v>45826</v>
       </c>
       <c r="H41" s="27">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="I41" s="27">
-        <v>45467</v>
+        <v>45831</v>
       </c>
       <c r="J41" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K41" s="28">
         <v>0</v>
       </c>
       <c r="L41" s="28">
         <v>0</v>
       </c>
       <c r="M41" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N41" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O41" s="28">
         <v>0</v>
       </c>
       <c r="P41" s="28">
         <v>0</v>
       </c>
       <c r="Q41" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R41" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S41" s="28">
         <v>0</v>
       </c>
       <c r="T41" s="28">
         <v>0</v>
       </c>
       <c r="U41" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V41" s="28">
         <v>0</v>
       </c>
       <c r="W41" s="28">
         <v>0</v>
       </c>
       <c r="X41" s="28">
         <v>0</v>
       </c>
       <c r="Y41" s="28">
         <v>0</v>
       </c>
       <c r="Z41" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA41" s="28">
         <v>0</v>
       </c>
       <c r="AB41" s="28">
         <v>0</v>
       </c>
       <c r="AC41" s="28">
         <v>0</v>
       </c>
       <c r="AD41" s="28">
         <v>0</v>
       </c>
       <c r="AE41" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF41" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG41" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH41" s="28">
         <v>0</v>
       </c>
       <c r="AI41" s="28">
         <v>0</v>
       </c>
       <c r="AJ41" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK41" s="28">
         <v>0</v>
       </c>
       <c r="AL41" s="28">
         <v>0</v>
       </c>
       <c r="AM41" s="28">
         <v>0</v>
       </c>
       <c r="AN41" s="28">
         <v>0</v>
       </c>
       <c r="AO41" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:41">
       <c r="A42" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B42" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B42" s="25" t="s">
+      <c r="C42" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C42" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E42" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F42" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G42" s="27">
-        <v>45491</v>
+        <v>45855</v>
       </c>
       <c r="H42" s="27">
-        <v>45492</v>
+        <v>45856</v>
       </c>
       <c r="I42" s="27">
-        <v>45495</v>
+        <v>45859</v>
       </c>
       <c r="J42" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K42" s="28">
         <v>0</v>
       </c>
       <c r="L42" s="28">
         <v>0</v>
       </c>
       <c r="M42" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N42" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O42" s="28">
         <v>0</v>
       </c>
       <c r="P42" s="28">
         <v>0</v>
       </c>
       <c r="Q42" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R42" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S42" s="28">
         <v>0</v>
       </c>
       <c r="T42" s="28">
         <v>0</v>
       </c>
       <c r="U42" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V42" s="28">
         <v>0</v>
       </c>
       <c r="W42" s="28">
         <v>0</v>
       </c>
       <c r="X42" s="28">
         <v>0</v>
       </c>
       <c r="Y42" s="28">
         <v>0</v>
       </c>
       <c r="Z42" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA42" s="28">
         <v>0</v>
       </c>
       <c r="AB42" s="28">
         <v>0</v>
       </c>
       <c r="AC42" s="28">
         <v>0</v>
       </c>
       <c r="AD42" s="28">
         <v>0</v>
       </c>
       <c r="AE42" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF42" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG42" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH42" s="28">
         <v>0</v>
       </c>
       <c r="AI42" s="28">
         <v>0</v>
       </c>
       <c r="AJ42" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK42" s="28">
         <v>0</v>
       </c>
       <c r="AL42" s="28">
         <v>0</v>
       </c>
       <c r="AM42" s="28">
         <v>0</v>
       </c>
       <c r="AN42" s="28">
         <v>0</v>
       </c>
       <c r="AO42" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:41">
       <c r="A43" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B43" s="25" t="s">
+      <c r="C43" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C43" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F43" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G43" s="27">
-        <v>45519</v>
+        <v>45883</v>
       </c>
       <c r="H43" s="27">
-        <v>45520</v>
+        <v>45884</v>
       </c>
       <c r="I43" s="27">
-        <v>45523</v>
+        <v>45887</v>
       </c>
       <c r="J43" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K43" s="28">
         <v>0</v>
       </c>
       <c r="L43" s="28">
         <v>0</v>
       </c>
       <c r="M43" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N43" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O43" s="28">
         <v>0</v>
       </c>
       <c r="P43" s="28">
         <v>0</v>
       </c>
       <c r="Q43" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R43" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S43" s="28">
         <v>0</v>
       </c>
       <c r="T43" s="28">
         <v>0</v>
       </c>
       <c r="U43" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V43" s="28">
         <v>0</v>
       </c>
       <c r="W43" s="28">
         <v>0</v>
       </c>
       <c r="X43" s="28">
         <v>0</v>
       </c>
       <c r="Y43" s="28">
         <v>0</v>
       </c>
       <c r="Z43" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA43" s="28">
         <v>0</v>
       </c>
       <c r="AB43" s="28">
         <v>0</v>
       </c>
       <c r="AC43" s="28">
         <v>0</v>
       </c>
       <c r="AD43" s="28">
         <v>0</v>
       </c>
       <c r="AE43" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF43" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG43" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH43" s="28">
         <v>0</v>
       </c>
       <c r="AI43" s="28">
         <v>0</v>
       </c>
       <c r="AJ43" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK43" s="28">
         <v>0</v>
       </c>
       <c r="AL43" s="28">
         <v>0</v>
       </c>
       <c r="AM43" s="28">
         <v>0</v>
       </c>
       <c r="AN43" s="28">
         <v>0</v>
       </c>
       <c r="AO43" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:41">
       <c r="A44" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B44" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B44" s="25" t="s">
+      <c r="C44" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C44" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E44" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F44" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G44" s="27">
-        <v>45554</v>
+        <v>45918</v>
       </c>
       <c r="H44" s="27">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="I44" s="27">
-        <v>45558</v>
+        <v>45922</v>
       </c>
       <c r="J44" s="28">
-        <v>1.9099999999999999E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="K44" s="28">
         <v>0</v>
       </c>
       <c r="L44" s="28">
         <v>0</v>
       </c>
       <c r="M44" s="28">
-        <v>1.9099999999999999E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="N44" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="O44" s="28">
         <v>0</v>
       </c>
       <c r="P44" s="28">
         <v>0</v>
       </c>
       <c r="Q44" s="28">
-        <v>1.5129999999999999E-2</v>
+        <v>1.9E-2</v>
       </c>
       <c r="R44" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6150000000000001E-2</v>
       </c>
       <c r="S44" s="28">
         <v>0</v>
       </c>
       <c r="T44" s="28">
         <v>0</v>
       </c>
       <c r="U44" s="28">
-        <v>9.8899999999999995E-3</v>
+        <v>1.6150000000000001E-2</v>
       </c>
       <c r="V44" s="28">
         <v>0</v>
       </c>
       <c r="W44" s="28">
         <v>0</v>
       </c>
       <c r="X44" s="28">
         <v>0</v>
       </c>
       <c r="Y44" s="28">
         <v>0</v>
       </c>
       <c r="Z44" s="28">
-        <v>3.9699999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA44" s="28">
         <v>0</v>
       </c>
       <c r="AB44" s="28">
         <v>0</v>
       </c>
       <c r="AC44" s="28">
         <v>0</v>
       </c>
       <c r="AD44" s="28">
         <v>0</v>
       </c>
       <c r="AE44" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF44" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG44" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH44" s="28">
         <v>0</v>
       </c>
       <c r="AI44" s="28">
         <v>0</v>
       </c>
       <c r="AJ44" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK44" s="28">
         <v>0</v>
       </c>
       <c r="AL44" s="28">
         <v>0</v>
       </c>
       <c r="AM44" s="28">
         <v>0</v>
       </c>
       <c r="AN44" s="28">
         <v>0</v>
       </c>
       <c r="AO44" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:41">
       <c r="A45" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B45" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B45" s="25" t="s">
+      <c r="C45" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C45" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E45" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F45" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G45" s="27">
-        <v>45582</v>
+        <v>45946</v>
       </c>
       <c r="H45" s="27">
-        <v>45583</v>
+        <v>45947</v>
       </c>
       <c r="I45" s="27">
-        <v>45586</v>
+        <v>45950</v>
       </c>
       <c r="J45" s="28">
-        <v>1.9E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="K45" s="28">
         <v>0</v>
       </c>
       <c r="L45" s="28">
         <v>0</v>
       </c>
       <c r="M45" s="28">
-        <v>1.9E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="N45" s="28">
-        <v>1.5049999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="O45" s="28">
         <v>0</v>
       </c>
       <c r="P45" s="28">
         <v>0</v>
       </c>
       <c r="Q45" s="28">
-        <v>1.5049999999999999E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="R45" s="28">
-        <v>9.8399999999999998E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S45" s="28">
         <v>0</v>
       </c>
       <c r="T45" s="28">
         <v>0</v>
       </c>
       <c r="U45" s="28">
-        <v>9.8399999999999998E-3</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V45" s="28">
         <v>0</v>
       </c>
       <c r="W45" s="28">
         <v>0</v>
       </c>
       <c r="X45" s="28">
         <v>0</v>
       </c>
       <c r="Y45" s="28">
         <v>0</v>
       </c>
       <c r="Z45" s="28">
-        <v>3.9500000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="AA45" s="28">
         <v>0</v>
       </c>
       <c r="AB45" s="28">
         <v>0</v>
       </c>
       <c r="AC45" s="28">
         <v>0</v>
       </c>
       <c r="AD45" s="28">
         <v>0</v>
       </c>
       <c r="AE45" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF45" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG45" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH45" s="28">
         <v>0</v>
       </c>
       <c r="AI45" s="28">
         <v>0</v>
       </c>
       <c r="AJ45" s="28">
-        <v>2.3000000000000001E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK45" s="28">
         <v>0</v>
       </c>
       <c r="AL45" s="28">
         <v>0</v>
       </c>
       <c r="AM45" s="28">
         <v>0</v>
       </c>
       <c r="AN45" s="28">
         <v>0</v>
       </c>
       <c r="AO45" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:41">
       <c r="A46" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B46" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B46" s="25" t="s">
+      <c r="C46" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C46" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F46" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G46" s="27">
-        <v>45610</v>
+        <v>45981</v>
       </c>
       <c r="H46" s="27">
-        <v>45611</v>
+        <v>45982</v>
       </c>
       <c r="I46" s="27">
-        <v>45614</v>
+        <v>45985</v>
       </c>
       <c r="J46" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="K46" s="28">
         <v>0</v>
       </c>
       <c r="L46" s="28">
         <v>0</v>
       </c>
       <c r="M46" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="N46" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="O46" s="28">
         <v>0</v>
       </c>
       <c r="P46" s="28">
         <v>0</v>
       </c>
       <c r="Q46" s="28">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="R46" s="28">
-        <v>1.2489999999999999E-2</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="S46" s="28">
         <v>0</v>
       </c>
       <c r="T46" s="28">
         <v>0</v>
       </c>
       <c r="U46" s="28">
-        <v>1.2489999999999999E-2</v>
+        <v>1.6230000000000001E-2</v>
       </c>
       <c r="V46" s="28">
         <v>0</v>
       </c>
       <c r="W46" s="28">
         <v>0</v>
       </c>
       <c r="X46" s="28">
         <v>0</v>
       </c>
       <c r="Y46" s="28">
         <v>0</v>
       </c>
       <c r="Z46" s="28">
         <v>0</v>
       </c>
       <c r="AA46" s="28">
         <v>0</v>
       </c>
       <c r="AB46" s="28">
         <v>0</v>
       </c>
       <c r="AC46" s="28">
         <v>0</v>
       </c>
       <c r="AD46" s="28">
         <v>0</v>
       </c>
       <c r="AE46" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF46" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG46" s="28">
-        <v>2.9E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AH46" s="28">
         <v>0</v>
       </c>
       <c r="AI46" s="28">
         <v>0</v>
       </c>
       <c r="AJ46" s="28">
-        <v>2.9E-4</v>
+        <v>3.5E-4</v>
       </c>
       <c r="AK46" s="28">
         <v>0</v>
       </c>
       <c r="AL46" s="28">
         <v>0</v>
       </c>
       <c r="AM46" s="28">
         <v>0</v>
       </c>
       <c r="AN46" s="28">
         <v>0</v>
       </c>
       <c r="AO46" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:41">
       <c r="A47" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B47" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="B47" s="25" t="s">
+      <c r="C47" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="C47" s="25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F47" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G47" s="27">
-        <v>45645</v>
+        <v>46009</v>
       </c>
       <c r="H47" s="27">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="I47" s="27">
-        <v>45649</v>
+        <v>46013</v>
       </c>
       <c r="J47" s="28">
-        <v>1.9099999999999999E-2</v>
+        <v>0.18351999999999999</v>
       </c>
       <c r="K47" s="28">
         <v>0</v>
       </c>
       <c r="L47" s="28">
         <v>0</v>
       </c>
       <c r="M47" s="28">
-        <v>1.9099999999999999E-2</v>
+        <v>0.18351999999999999</v>
       </c>
       <c r="N47" s="28">
-        <v>1.9099999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="O47" s="28">
         <v>0</v>
       </c>
       <c r="P47" s="28">
         <v>0</v>
       </c>
       <c r="Q47" s="28">
-        <v>1.9099999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="R47" s="28">
-        <v>1.2489999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="S47" s="28">
         <v>0</v>
       </c>
       <c r="T47" s="28">
         <v>0</v>
       </c>
       <c r="U47" s="28">
-        <v>1.2489999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="V47" s="28">
-        <v>0</v>
+        <v>0.18351999999999999</v>
       </c>
       <c r="W47" s="28">
         <v>0</v>
       </c>
       <c r="X47" s="28">
         <v>0</v>
       </c>
       <c r="Y47" s="28">
         <v>0</v>
       </c>
       <c r="Z47" s="28">
         <v>0</v>
       </c>
       <c r="AA47" s="28">
         <v>0</v>
       </c>
       <c r="AB47" s="28">
         <v>0</v>
       </c>
       <c r="AC47" s="28">
         <v>0</v>
       </c>
       <c r="AD47" s="28">
         <v>0</v>
       </c>
       <c r="AE47" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF47" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG47" s="28">
-        <v>2.9E-4</v>
+        <v>0</v>
       </c>
       <c r="AH47" s="28">
         <v>0</v>
       </c>
       <c r="AI47" s="28">
         <v>0</v>
       </c>
       <c r="AJ47" s="28">
-        <v>2.9E-4</v>
+        <v>0</v>
       </c>
       <c r="AK47" s="28">
         <v>0</v>
       </c>
       <c r="AL47" s="28">
         <v>0</v>
       </c>
       <c r="AM47" s="28">
         <v>0</v>
       </c>
       <c r="AN47" s="28">
         <v>0</v>
       </c>
       <c r="AO47" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:41">
       <c r="A48" s="25"/>
       <c r="B48" s="25"/>
       <c r="C48" s="25"/>
       <c r="D48" s="26"/>
       <c r="E48" s="26"/>
       <c r="F48" s="26"/>
       <c r="G48" s="27"/>
@@ -5496,1642 +5496,1599 @@
       <c r="T48" s="28"/>
       <c r="U48" s="28"/>
       <c r="V48" s="28"/>
       <c r="W48" s="28"/>
       <c r="X48" s="28"/>
       <c r="Y48" s="28"/>
       <c r="Z48" s="28"/>
       <c r="AA48" s="28"/>
       <c r="AB48" s="28"/>
       <c r="AC48" s="28"/>
       <c r="AD48" s="28"/>
       <c r="AE48" s="29"/>
       <c r="AF48" s="1"/>
       <c r="AG48" s="28"/>
       <c r="AH48" s="28"/>
       <c r="AI48" s="28"/>
       <c r="AJ48" s="28"/>
       <c r="AK48" s="28"/>
       <c r="AL48" s="28"/>
       <c r="AM48" s="28"/>
       <c r="AN48" s="28"/>
       <c r="AO48" s="28"/>
     </row>
     <row r="49" spans="1:41">
       <c r="A49" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B49" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C49" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D49" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E49" s="26" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F49" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G49" s="27">
-        <v>45309</v>
+        <v>45673</v>
       </c>
       <c r="H49" s="27">
-        <v>45310</v>
+        <v>45674</v>
       </c>
       <c r="I49" s="27">
-        <v>45313</v>
+        <v>45678</v>
       </c>
       <c r="J49" s="28">
         <v>0.02</v>
       </c>
       <c r="K49" s="28">
         <v>0</v>
       </c>
       <c r="L49" s="28">
         <v>0</v>
       </c>
       <c r="M49" s="28">
         <v>0.02</v>
       </c>
       <c r="N49" s="28">
-        <v>1.584E-2</v>
+        <v>0</v>
       </c>
       <c r="O49" s="28">
         <v>0</v>
       </c>
       <c r="P49" s="28">
         <v>0</v>
       </c>
       <c r="Q49" s="28">
-        <v>1.584E-2</v>
+        <v>0</v>
       </c>
       <c r="R49" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="S49" s="28">
         <v>0</v>
       </c>
       <c r="T49" s="28">
         <v>0</v>
       </c>
       <c r="U49" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="V49" s="28">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="W49" s="28">
         <v>0</v>
       </c>
       <c r="X49" s="28">
         <v>0</v>
       </c>
       <c r="Y49" s="28">
         <v>0</v>
       </c>
       <c r="Z49" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA49" s="28">
         <v>0</v>
       </c>
       <c r="AB49" s="28">
         <v>0</v>
       </c>
       <c r="AC49" s="28">
         <v>0</v>
       </c>
       <c r="AD49" s="28">
         <v>0</v>
       </c>
       <c r="AE49" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF49" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG49" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AH49" s="28">
         <v>0</v>
       </c>
       <c r="AI49" s="28">
         <v>0</v>
       </c>
       <c r="AJ49" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AK49" s="28">
         <v>0</v>
       </c>
       <c r="AL49" s="28">
         <v>0</v>
       </c>
       <c r="AM49" s="28">
         <v>0</v>
       </c>
       <c r="AN49" s="28">
         <v>0</v>
       </c>
       <c r="AO49" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:41">
       <c r="A50" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B50" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C50" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D50" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E50" s="26" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F50" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G50" s="27">
-        <v>45337</v>
+        <v>45708</v>
       </c>
       <c r="H50" s="27">
-        <v>45338</v>
+        <v>45709</v>
       </c>
       <c r="I50" s="27">
-        <v>45342</v>
+        <v>45712</v>
       </c>
       <c r="J50" s="28">
         <v>0.02</v>
       </c>
       <c r="K50" s="28">
         <v>0</v>
       </c>
       <c r="L50" s="28">
         <v>0</v>
       </c>
       <c r="M50" s="28">
         <v>0.02</v>
       </c>
       <c r="N50" s="28">
-        <v>1.584E-2</v>
+        <v>0</v>
       </c>
       <c r="O50" s="28">
         <v>0</v>
       </c>
       <c r="P50" s="28">
         <v>0</v>
       </c>
       <c r="Q50" s="28">
-        <v>1.584E-2</v>
+        <v>0</v>
       </c>
       <c r="R50" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="S50" s="28">
         <v>0</v>
       </c>
       <c r="T50" s="28">
         <v>0</v>
       </c>
       <c r="U50" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="V50" s="28">
-        <v>0</v>
+        <v>0.02</v>
       </c>
       <c r="W50" s="28">
         <v>0</v>
       </c>
       <c r="X50" s="28">
         <v>0</v>
       </c>
       <c r="Y50" s="28">
         <v>0</v>
       </c>
       <c r="Z50" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA50" s="28">
         <v>0</v>
       </c>
       <c r="AB50" s="28">
         <v>0</v>
       </c>
       <c r="AC50" s="28">
         <v>0</v>
       </c>
       <c r="AD50" s="28">
         <v>0</v>
       </c>
       <c r="AE50" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF50" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG50" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AH50" s="28">
         <v>0</v>
       </c>
       <c r="AI50" s="28">
         <v>0</v>
       </c>
       <c r="AJ50" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="AK50" s="28">
         <v>0</v>
       </c>
       <c r="AL50" s="28">
         <v>0</v>
       </c>
       <c r="AM50" s="28">
         <v>0</v>
       </c>
       <c r="AN50" s="28">
         <v>0</v>
       </c>
       <c r="AO50" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:41">
       <c r="A51" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B51" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C51" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D51" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E51" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F51" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G51" s="27">
-        <v>45365</v>
+        <v>45736</v>
       </c>
       <c r="H51" s="27">
-        <v>45366</v>
+        <v>45737</v>
       </c>
       <c r="I51" s="27">
-        <v>45369</v>
+        <v>45740</v>
       </c>
       <c r="J51" s="28">
         <v>0.02</v>
       </c>
       <c r="K51" s="28">
         <v>0</v>
       </c>
       <c r="L51" s="28">
         <v>0</v>
       </c>
       <c r="M51" s="28">
         <v>0.02</v>
       </c>
       <c r="N51" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O51" s="28">
         <v>0</v>
       </c>
       <c r="P51" s="28">
         <v>0</v>
       </c>
       <c r="Q51" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R51" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S51" s="28">
         <v>0</v>
       </c>
       <c r="T51" s="28">
         <v>0</v>
       </c>
       <c r="U51" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V51" s="28">
         <v>0</v>
       </c>
       <c r="W51" s="28">
         <v>0</v>
       </c>
       <c r="X51" s="28">
         <v>0</v>
       </c>
       <c r="Y51" s="28">
         <v>0</v>
       </c>
       <c r="Z51" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA51" s="28">
         <v>0</v>
       </c>
       <c r="AB51" s="28">
         <v>0</v>
       </c>
       <c r="AC51" s="28">
         <v>0</v>
       </c>
       <c r="AD51" s="28">
         <v>0</v>
       </c>
       <c r="AE51" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF51" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG51" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH51" s="28">
         <v>0</v>
       </c>
       <c r="AI51" s="28">
         <v>0</v>
       </c>
       <c r="AJ51" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK51" s="28">
         <v>0</v>
       </c>
       <c r="AL51" s="28">
         <v>0</v>
       </c>
       <c r="AM51" s="28">
         <v>0</v>
       </c>
       <c r="AN51" s="28">
         <v>0</v>
       </c>
       <c r="AO51" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:41">
       <c r="A52" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B52" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C52" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D52" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E52" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F52" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G52" s="27">
-        <v>45400</v>
+        <v>45763</v>
       </c>
       <c r="H52" s="27">
-        <v>45401</v>
+        <v>45764</v>
       </c>
       <c r="I52" s="27">
-        <v>45404</v>
+        <v>45768</v>
       </c>
       <c r="J52" s="28">
         <v>0.02</v>
       </c>
       <c r="K52" s="28">
         <v>0</v>
       </c>
       <c r="L52" s="28">
         <v>0</v>
       </c>
       <c r="M52" s="28">
         <v>0.02</v>
       </c>
       <c r="N52" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O52" s="28">
         <v>0</v>
       </c>
       <c r="P52" s="28">
         <v>0</v>
       </c>
       <c r="Q52" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R52" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S52" s="28">
         <v>0</v>
       </c>
       <c r="T52" s="28">
         <v>0</v>
       </c>
       <c r="U52" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V52" s="28">
         <v>0</v>
       </c>
       <c r="W52" s="28">
         <v>0</v>
       </c>
       <c r="X52" s="28">
         <v>0</v>
       </c>
       <c r="Y52" s="28">
         <v>0</v>
       </c>
       <c r="Z52" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA52" s="28">
         <v>0</v>
       </c>
       <c r="AB52" s="28">
         <v>0</v>
       </c>
       <c r="AC52" s="28">
         <v>0</v>
       </c>
       <c r="AD52" s="28">
         <v>0</v>
       </c>
       <c r="AE52" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF52" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG52" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH52" s="28">
         <v>0</v>
       </c>
       <c r="AI52" s="28">
         <v>0</v>
       </c>
       <c r="AJ52" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK52" s="28">
         <v>0</v>
       </c>
       <c r="AL52" s="28">
         <v>0</v>
       </c>
       <c r="AM52" s="28">
         <v>0</v>
       </c>
       <c r="AN52" s="28">
         <v>0</v>
       </c>
       <c r="AO52" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:41">
       <c r="A53" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B53" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C53" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D53" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E53" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F53" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G53" s="27">
-        <v>45428</v>
+        <v>45792</v>
       </c>
       <c r="H53" s="27">
-        <v>45429</v>
+        <v>45793</v>
       </c>
       <c r="I53" s="27">
-        <v>45432</v>
+        <v>45796</v>
       </c>
       <c r="J53" s="28">
         <v>0.02</v>
       </c>
       <c r="K53" s="28">
         <v>0</v>
       </c>
       <c r="L53" s="28">
         <v>0</v>
       </c>
       <c r="M53" s="28">
         <v>0.02</v>
       </c>
       <c r="N53" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O53" s="28">
         <v>0</v>
       </c>
       <c r="P53" s="28">
         <v>0</v>
       </c>
       <c r="Q53" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R53" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S53" s="28">
         <v>0</v>
       </c>
       <c r="T53" s="28">
         <v>0</v>
       </c>
       <c r="U53" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V53" s="28">
         <v>0</v>
       </c>
       <c r="W53" s="28">
         <v>0</v>
       </c>
       <c r="X53" s="28">
         <v>0</v>
       </c>
       <c r="Y53" s="28">
         <v>0</v>
       </c>
       <c r="Z53" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA53" s="28">
         <v>0</v>
       </c>
       <c r="AB53" s="28">
         <v>0</v>
       </c>
       <c r="AC53" s="28">
         <v>0</v>
       </c>
       <c r="AD53" s="28">
         <v>0</v>
       </c>
       <c r="AE53" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF53" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG53" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH53" s="28">
         <v>0</v>
       </c>
       <c r="AI53" s="28">
         <v>0</v>
       </c>
       <c r="AJ53" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK53" s="28">
         <v>0</v>
       </c>
       <c r="AL53" s="28">
         <v>0</v>
       </c>
       <c r="AM53" s="28">
         <v>0</v>
       </c>
       <c r="AN53" s="28">
         <v>0</v>
       </c>
       <c r="AO53" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:41">
       <c r="A54" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B54" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C54" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D54" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E54" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F54" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G54" s="27">
-        <v>45463</v>
+        <v>45826</v>
       </c>
       <c r="H54" s="27">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="I54" s="27">
-        <v>45467</v>
+        <v>45831</v>
       </c>
       <c r="J54" s="28">
         <v>0.02</v>
       </c>
       <c r="K54" s="28">
         <v>0</v>
       </c>
       <c r="L54" s="28">
         <v>0</v>
       </c>
       <c r="M54" s="28">
         <v>0.02</v>
       </c>
       <c r="N54" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O54" s="28">
         <v>0</v>
       </c>
       <c r="P54" s="28">
         <v>0</v>
       </c>
       <c r="Q54" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R54" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S54" s="28">
         <v>0</v>
       </c>
       <c r="T54" s="28">
         <v>0</v>
       </c>
       <c r="U54" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V54" s="28">
         <v>0</v>
       </c>
       <c r="W54" s="28">
         <v>0</v>
       </c>
       <c r="X54" s="28">
         <v>0</v>
       </c>
       <c r="Y54" s="28">
         <v>0</v>
       </c>
       <c r="Z54" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA54" s="28">
         <v>0</v>
       </c>
       <c r="AB54" s="28">
         <v>0</v>
       </c>
       <c r="AC54" s="28">
         <v>0</v>
       </c>
       <c r="AD54" s="28">
         <v>0</v>
       </c>
       <c r="AE54" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF54" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG54" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH54" s="28">
         <v>0</v>
       </c>
       <c r="AI54" s="28">
         <v>0</v>
       </c>
       <c r="AJ54" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK54" s="28">
         <v>0</v>
       </c>
       <c r="AL54" s="28">
         <v>0</v>
       </c>
       <c r="AM54" s="28">
         <v>0</v>
       </c>
       <c r="AN54" s="28">
         <v>0</v>
       </c>
       <c r="AO54" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:41">
       <c r="A55" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B55" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C55" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D55" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E55" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F55" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G55" s="27">
-        <v>45491</v>
+        <v>45855</v>
       </c>
       <c r="H55" s="27">
-        <v>45492</v>
+        <v>45856</v>
       </c>
       <c r="I55" s="27">
-        <v>45495</v>
+        <v>45859</v>
       </c>
       <c r="J55" s="28">
         <v>0.02</v>
       </c>
       <c r="K55" s="28">
         <v>0</v>
       </c>
       <c r="L55" s="28">
         <v>0</v>
       </c>
       <c r="M55" s="28">
         <v>0.02</v>
       </c>
       <c r="N55" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O55" s="28">
         <v>0</v>
       </c>
       <c r="P55" s="28">
         <v>0</v>
       </c>
       <c r="Q55" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R55" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S55" s="28">
         <v>0</v>
       </c>
       <c r="T55" s="28">
         <v>0</v>
       </c>
       <c r="U55" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V55" s="28">
         <v>0</v>
       </c>
       <c r="W55" s="28">
         <v>0</v>
       </c>
       <c r="X55" s="28">
         <v>0</v>
       </c>
       <c r="Y55" s="28">
         <v>0</v>
       </c>
       <c r="Z55" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA55" s="28">
         <v>0</v>
       </c>
       <c r="AB55" s="28">
         <v>0</v>
       </c>
       <c r="AC55" s="28">
         <v>0</v>
       </c>
       <c r="AD55" s="28">
         <v>0</v>
       </c>
       <c r="AE55" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF55" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG55" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH55" s="28">
         <v>0</v>
       </c>
       <c r="AI55" s="28">
         <v>0</v>
       </c>
       <c r="AJ55" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK55" s="28">
         <v>0</v>
       </c>
       <c r="AL55" s="28">
         <v>0</v>
       </c>
       <c r="AM55" s="28">
         <v>0</v>
       </c>
       <c r="AN55" s="28">
         <v>0</v>
       </c>
       <c r="AO55" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:41">
       <c r="A56" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B56" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C56" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D56" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E56" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F56" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G56" s="27">
-        <v>45519</v>
+        <v>45883</v>
       </c>
       <c r="H56" s="27">
-        <v>45520</v>
+        <v>45884</v>
       </c>
       <c r="I56" s="27">
-        <v>45523</v>
+        <v>45887</v>
       </c>
       <c r="J56" s="28">
         <v>0.02</v>
       </c>
       <c r="K56" s="28">
         <v>0</v>
       </c>
       <c r="L56" s="28">
         <v>0</v>
       </c>
       <c r="M56" s="28">
         <v>0.02</v>
       </c>
       <c r="N56" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O56" s="28">
         <v>0</v>
       </c>
       <c r="P56" s="28">
         <v>0</v>
       </c>
       <c r="Q56" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R56" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S56" s="28">
         <v>0</v>
       </c>
       <c r="T56" s="28">
         <v>0</v>
       </c>
       <c r="U56" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V56" s="28">
         <v>0</v>
       </c>
       <c r="W56" s="28">
         <v>0</v>
       </c>
       <c r="X56" s="28">
         <v>0</v>
       </c>
       <c r="Y56" s="28">
         <v>0</v>
       </c>
       <c r="Z56" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA56" s="28">
         <v>0</v>
       </c>
       <c r="AB56" s="28">
         <v>0</v>
       </c>
       <c r="AC56" s="28">
         <v>0</v>
       </c>
       <c r="AD56" s="28">
         <v>0</v>
       </c>
       <c r="AE56" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF56" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG56" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH56" s="28">
         <v>0</v>
       </c>
       <c r="AI56" s="28">
         <v>0</v>
       </c>
       <c r="AJ56" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK56" s="28">
         <v>0</v>
       </c>
       <c r="AL56" s="28">
         <v>0</v>
       </c>
       <c r="AM56" s="28">
         <v>0</v>
       </c>
       <c r="AN56" s="28">
         <v>0</v>
       </c>
       <c r="AO56" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:41">
       <c r="A57" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B57" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C57" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D57" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E57" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F57" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G57" s="27">
-        <v>45554</v>
+        <v>45918</v>
       </c>
       <c r="H57" s="27">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="I57" s="27">
-        <v>45558</v>
+        <v>45922</v>
       </c>
       <c r="J57" s="28">
         <v>0.02</v>
       </c>
       <c r="K57" s="28">
         <v>0</v>
       </c>
       <c r="L57" s="28">
         <v>0</v>
       </c>
       <c r="M57" s="28">
         <v>0.02</v>
       </c>
       <c r="N57" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O57" s="28">
         <v>0</v>
       </c>
       <c r="P57" s="28">
         <v>0</v>
       </c>
       <c r="Q57" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R57" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S57" s="28">
         <v>0</v>
       </c>
       <c r="T57" s="28">
         <v>0</v>
       </c>
       <c r="U57" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V57" s="28">
         <v>0</v>
       </c>
       <c r="W57" s="28">
         <v>0</v>
       </c>
       <c r="X57" s="28">
         <v>0</v>
       </c>
       <c r="Y57" s="28">
         <v>0</v>
       </c>
       <c r="Z57" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA57" s="28">
         <v>0</v>
       </c>
       <c r="AB57" s="28">
         <v>0</v>
       </c>
       <c r="AC57" s="28">
         <v>0</v>
       </c>
       <c r="AD57" s="28">
         <v>0</v>
       </c>
       <c r="AE57" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF57" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG57" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH57" s="28">
         <v>0</v>
       </c>
       <c r="AI57" s="28">
         <v>0</v>
       </c>
       <c r="AJ57" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK57" s="28">
         <v>0</v>
       </c>
       <c r="AL57" s="28">
         <v>0</v>
       </c>
       <c r="AM57" s="28">
         <v>0</v>
       </c>
       <c r="AN57" s="28">
         <v>0</v>
       </c>
       <c r="AO57" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:41">
       <c r="A58" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B58" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C58" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D58" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E58" s="26" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="F58" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G58" s="27">
-        <v>45582</v>
+        <v>45946</v>
       </c>
       <c r="H58" s="27">
-        <v>45583</v>
+        <v>45947</v>
       </c>
       <c r="I58" s="27">
-        <v>45586</v>
+        <v>45950</v>
       </c>
       <c r="J58" s="28">
         <v>0.02</v>
       </c>
       <c r="K58" s="28">
         <v>0</v>
       </c>
       <c r="L58" s="28">
         <v>0</v>
       </c>
       <c r="M58" s="28">
         <v>0.02</v>
       </c>
       <c r="N58" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="O58" s="28">
         <v>0</v>
       </c>
       <c r="P58" s="28">
         <v>0</v>
       </c>
       <c r="Q58" s="28">
-        <v>1.584E-2</v>
+        <v>0.02</v>
       </c>
       <c r="R58" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S58" s="28">
         <v>0</v>
       </c>
       <c r="T58" s="28">
         <v>0</v>
       </c>
       <c r="U58" s="28">
-        <v>1.0359999999999999E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V58" s="28">
         <v>0</v>
       </c>
       <c r="W58" s="28">
         <v>0</v>
       </c>
       <c r="X58" s="28">
         <v>0</v>
       </c>
       <c r="Y58" s="28">
         <v>0</v>
       </c>
       <c r="Z58" s="28">
-        <v>4.1599999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="AA58" s="28">
         <v>0</v>
       </c>
       <c r="AB58" s="28">
         <v>0</v>
       </c>
       <c r="AC58" s="28">
         <v>0</v>
       </c>
       <c r="AD58" s="28">
         <v>0</v>
       </c>
       <c r="AE58" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF58" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG58" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH58" s="28">
         <v>0</v>
       </c>
       <c r="AI58" s="28">
         <v>0</v>
       </c>
       <c r="AJ58" s="28">
-        <v>2.4000000000000001E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK58" s="28">
         <v>0</v>
       </c>
       <c r="AL58" s="28">
         <v>0</v>
       </c>
       <c r="AM58" s="28">
         <v>0</v>
       </c>
       <c r="AN58" s="28">
         <v>0</v>
       </c>
       <c r="AO58" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:41">
       <c r="A59" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B59" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C59" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D59" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E59" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F59" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G59" s="27">
-        <v>45610</v>
+        <v>45981</v>
       </c>
       <c r="H59" s="27">
-        <v>45611</v>
+        <v>45982</v>
       </c>
       <c r="I59" s="27">
-        <v>45614</v>
+        <v>45985</v>
       </c>
       <c r="J59" s="28">
         <v>0.02</v>
       </c>
       <c r="K59" s="28">
         <v>0</v>
       </c>
       <c r="L59" s="28">
         <v>0</v>
       </c>
       <c r="M59" s="28">
         <v>0.02</v>
       </c>
       <c r="N59" s="28">
         <v>0.02</v>
       </c>
       <c r="O59" s="28">
         <v>0</v>
       </c>
       <c r="P59" s="28">
         <v>0</v>
       </c>
       <c r="Q59" s="28">
         <v>0.02</v>
       </c>
       <c r="R59" s="28">
-        <v>1.308E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="S59" s="28">
         <v>0</v>
       </c>
       <c r="T59" s="28">
         <v>0</v>
       </c>
       <c r="U59" s="28">
-        <v>1.308E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="V59" s="28">
         <v>0</v>
       </c>
       <c r="W59" s="28">
         <v>0</v>
       </c>
       <c r="X59" s="28">
         <v>0</v>
       </c>
       <c r="Y59" s="28">
         <v>0</v>
       </c>
       <c r="Z59" s="28">
         <v>0</v>
       </c>
       <c r="AA59" s="28">
         <v>0</v>
       </c>
       <c r="AB59" s="28">
         <v>0</v>
       </c>
       <c r="AC59" s="28">
         <v>0</v>
       </c>
       <c r="AD59" s="28">
         <v>0</v>
       </c>
       <c r="AE59" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF59" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG59" s="28">
-        <v>2.9999999999999997E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AH59" s="28">
         <v>0</v>
       </c>
       <c r="AI59" s="28">
         <v>0</v>
       </c>
       <c r="AJ59" s="28">
-        <v>2.9999999999999997E-4</v>
+        <v>3.6999999999999999E-4</v>
       </c>
       <c r="AK59" s="28">
         <v>0</v>
       </c>
       <c r="AL59" s="28">
         <v>0</v>
       </c>
       <c r="AM59" s="28">
         <v>0</v>
       </c>
       <c r="AN59" s="28">
         <v>0</v>
       </c>
       <c r="AO59" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:41">
       <c r="A60" s="25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B60" s="25" t="s">
         <v>79</v>
       </c>
       <c r="C60" s="25" t="s">
         <v>80</v>
       </c>
       <c r="D60" s="26" t="s">
         <v>2</v>
       </c>
       <c r="E60" s="26" t="s">
         <v>2</v>
       </c>
       <c r="F60" s="26" t="s">
         <v>2</v>
       </c>
       <c r="G60" s="27">
-        <v>45645</v>
+        <v>46009</v>
       </c>
       <c r="H60" s="27">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="I60" s="27">
-        <v>45649</v>
+        <v>46013</v>
       </c>
       <c r="J60" s="28">
-        <v>0.02</v>
+        <v>0.18351999999999999</v>
       </c>
       <c r="K60" s="28">
         <v>0</v>
       </c>
       <c r="L60" s="28">
         <v>0</v>
       </c>
       <c r="M60" s="28">
-        <v>0.02</v>
+        <v>0.18351999999999999</v>
       </c>
       <c r="N60" s="28">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="O60" s="28">
         <v>0</v>
       </c>
       <c r="P60" s="28">
         <v>0</v>
       </c>
       <c r="Q60" s="28">
-        <v>0.02</v>
+        <v>0</v>
       </c>
       <c r="R60" s="28">
-        <v>1.308E-2</v>
+        <v>0</v>
       </c>
       <c r="S60" s="28">
         <v>0</v>
       </c>
       <c r="T60" s="28">
         <v>0</v>
       </c>
       <c r="U60" s="28">
-        <v>1.308E-2</v>
+        <v>0</v>
       </c>
       <c r="V60" s="28">
-        <v>0</v>
+        <v>0.18351999999999999</v>
       </c>
       <c r="W60" s="28">
         <v>0</v>
       </c>
       <c r="X60" s="28">
         <v>0</v>
       </c>
       <c r="Y60" s="28">
         <v>0</v>
       </c>
       <c r="Z60" s="28">
         <v>0</v>
       </c>
       <c r="AA60" s="28">
         <v>0</v>
       </c>
       <c r="AB60" s="28">
         <v>0</v>
       </c>
       <c r="AC60" s="28">
         <v>0</v>
       </c>
       <c r="AD60" s="28">
         <v>0</v>
       </c>
       <c r="AE60" s="29" t="s">
         <v>2</v>
       </c>
       <c r="AF60" s="1" t="s">
         <v>2</v>
       </c>
       <c r="AG60" s="28">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="AH60" s="28">
         <v>0</v>
       </c>
       <c r="AI60" s="28">
         <v>0</v>
       </c>
       <c r="AJ60" s="28">
-        <v>2.9999999999999997E-4</v>
+        <v>0</v>
       </c>
       <c r="AK60" s="28">
         <v>0</v>
       </c>
       <c r="AL60" s="28">
         <v>0</v>
       </c>
       <c r="AM60" s="28">
         <v>0</v>
       </c>
       <c r="AN60" s="28">
         <v>0</v>
       </c>
       <c r="AO60" s="28">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="1:41">
-[...40 lines deleted...]
-      <c r="AO61" s="28"/>
+    <row r="64" spans="1:41">
+      <c r="A64" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="B64" s="38"/>
+      <c r="C64" s="38"/>
+      <c r="D64" s="38"/>
+      <c r="E64" s="38"/>
+      <c r="F64" s="38"/>
+      <c r="G64" s="38"/>
+      <c r="H64" s="38"/>
+      <c r="I64" s="38"/>
+      <c r="J64" s="38"/>
+      <c r="K64" s="38"/>
+      <c r="L64" s="38"/>
+      <c r="M64" s="38"/>
     </row>
-    <row r="65" spans="1:13" ht="106.5" customHeight="1">
-[...2 lines deleted...]
-      </c>
+    <row r="65" spans="1:13">
+      <c r="A65" s="38"/>
       <c r="B65" s="38"/>
       <c r="C65" s="38"/>
       <c r="D65" s="38"/>
       <c r="E65" s="38"/>
       <c r="F65" s="38"/>
       <c r="G65" s="38"/>
       <c r="H65" s="38"/>
       <c r="I65" s="38"/>
       <c r="J65" s="38"/>
       <c r="K65" s="38"/>
       <c r="L65" s="38"/>
       <c r="M65" s="38"/>
     </row>
-    <row r="66" spans="1:13">
+    <row r="66" spans="1:13" ht="87" customHeight="1">
       <c r="A66" s="38"/>
       <c r="B66" s="38"/>
       <c r="C66" s="38"/>
       <c r="D66" s="38"/>
       <c r="E66" s="38"/>
       <c r="F66" s="38"/>
       <c r="G66" s="38"/>
       <c r="H66" s="38"/>
       <c r="I66" s="38"/>
       <c r="J66" s="38"/>
       <c r="K66" s="38"/>
       <c r="L66" s="38"/>
       <c r="M66" s="38"/>
     </row>
-    <row r="67" spans="1:13">
-[...13 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xxVwX8dwKOGfD4cKHHdJcVsNDIc9Y266vDYuNSdLvbwmAwmkqhNookw4G/E7sQEIjxJNdqAhK8QjP26dlITRaw==" saltValue="Qo9/C9a2GJvmx17H2Vh8cg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gFWaFE4xWc01BhCzkQE+G4faq27NnNH6HzMI+wnrxMhu+N67liWYxy/jMLlviPbPFHNJ92yRIo2bpTes731zxQ==" saltValue="8knTi9zh40KvXs27mcBObA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="45">
-    <mergeCell ref="A65:M67"/>
+    <mergeCell ref="A64:M66"/>
     <mergeCell ref="AL13:AL15"/>
     <mergeCell ref="AM13:AM15"/>
     <mergeCell ref="AN13:AN15"/>
     <mergeCell ref="AO13:AO15"/>
     <mergeCell ref="AF13:AF15"/>
     <mergeCell ref="AG13:AG15"/>
     <mergeCell ref="AH13:AH15"/>
     <mergeCell ref="AI13:AI15"/>
     <mergeCell ref="AJ13:AJ15"/>
     <mergeCell ref="AK13:AK15"/>
     <mergeCell ref="AE13:AE15"/>
     <mergeCell ref="T13:T15"/>
     <mergeCell ref="U13:U15"/>
     <mergeCell ref="V13:V15"/>
     <mergeCell ref="W13:W15"/>
     <mergeCell ref="X13:X15"/>
     <mergeCell ref="Y13:Y15"/>
     <mergeCell ref="Z13:Z15"/>
     <mergeCell ref="AA13:AA15"/>
     <mergeCell ref="AB13:AB15"/>
     <mergeCell ref="AC13:AC15"/>
     <mergeCell ref="AD13:AD15"/>
     <mergeCell ref="S13:S15"/>
     <mergeCell ref="H13:H15"/>
     <mergeCell ref="I13:I15"/>
@@ -7154,208 +7111,205 @@
     <mergeCell ref="E13:E15"/>
     <mergeCell ref="F13:F15"/>
     <mergeCell ref="G13:G15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="My Docs Document" ma:contentTypeID="0x01010070B8EBA165E1244282FA93047E839D47020055E57DDD6CB1BD46A52EA9007CDB0AA0" ma:contentTypeVersion="24" ma:contentTypeDescription="Document content type for EY Interact My Documents" ma:contentTypeScope="" ma:versionID="dacb87dd6fb3ea0ef8f0551de8b4e7b9">
-[...1 lines deleted...]
-    <xsd:import namespace="67cda108-cd43-4e8c-95f8-608da92302cd"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="My Docs Document" ma:contentTypeID="0x01010070B8EBA165E1244282FA93047E839D470200C0E11755B97DED4D86EB951443AFD65A" ma:contentTypeVersion="20" ma:contentTypeDescription="Document content type for EY Interact My Documents" ma:contentTypeScope="" ma:versionID="0f8e96c3c3168fd53e3bf8715f7ebae2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="438a2b16-93c2-4690-ac50-9d6f308847d4" xmlns:ns3="35818088-e62d-4edf-bbb6-409430aef268" xmlns:ns5="4f287a07-1cdd-40b9-8719-d7ca1fc828d3" xmlns:ns6="dfe04167-7bf6-4262-921c-212a7ca9f51c" xmlns:ns7="8963624f-e261-401d-b741-31e703acb2d2" xmlns:ns8="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xmlns:ns9="b370de82-f748-4b43-9867-7b96772bed3a" xmlns:ns10="198ab789-f0c7-49ac-93fb-3a8431555332" xmlns:ns11="b77bd203-539a-455c-ae00-8e12003ac7e6" xmlns:ns12="a3956e2b-dcec-4b87-94bf-cae81082b9c4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5f211ac4ce96deb4fa061c262277109f" ns2:_="" ns3:_="" ns5:_="" ns6:_="" ns7:_="" ns8:_="" ns9:_="" ns10:_="" ns11:_="" ns12:_="">
+    <xsd:import namespace="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
     <xsd:import namespace="35818088-e62d-4edf-bbb6-409430aef268"/>
     <xsd:import namespace="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
     <xsd:import namespace="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
     <xsd:import namespace="8963624f-e261-401d-b741-31e703acb2d2"/>
-    <xsd:import namespace="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
-[...1 lines deleted...]
-    <xsd:import namespace="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <xsd:import namespace="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <xsd:import namespace="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <xsd:import namespace="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <xsd:import namespace="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
     <xsd:import namespace="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Sourcemetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:Importedfrom" minOccurs="0"/>
                 <xsd:element ref="ns3:ClientName" minOccurs="0"/>
                 <xsd:element ref="ns3:ClientNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:EngagementName" minOccurs="0"/>
                 <xsd:element ref="ns3:EngagementNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:TDMDocumentType" minOccurs="0"/>
                 <xsd:element ref="ns3:DocumentStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Owner" minOccurs="0"/>
                 <xsd:element ref="ns3:AdditionalAttribute" minOccurs="0"/>
                 <xsd:element ref="ns3:Entity" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxYear" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxQuarter" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxMonth" minOccurs="0"/>
                 <xsd:element ref="ns3:Knowledge" minOccurs="0"/>
                 <xsd:element ref="ns3:Obsolete" minOccurs="0"/>
                 <xsd:element ref="ns5:CopyDocID" minOccurs="0"/>
                 <xsd:element ref="ns3:CopiedBy" minOccurs="0"/>
                 <xsd:element ref="ns3:CopyAudit" minOccurs="0"/>
                 <xsd:element ref="ns3:CopiedOn" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns6:GearLink" minOccurs="0"/>
                 <xsd:element ref="ns2:i30a3f0cbe9246d398b542fccc396778" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:i30a3f0cbe9246d398b542fccc386778" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns7:DocumentSignificance" minOccurs="0"/>
+                <xsd:element ref="ns8:EYIOtherClassification" minOccurs="0"/>
                 <xsd:element ref="ns8:WorkProduct" minOccurs="0"/>
-                <xsd:element ref="ns8:EYIOtherClassification" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns10:OGMEngagement" minOccurs="0"/>
+                <xsd:element ref="ns9:DeliverableName" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMPeriod" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMFrequency" minOccurs="0"/>
+                <xsd:element ref="ns9:OGMEngagement" minOccurs="0"/>
+                <xsd:element ref="ns11:fe0ef5c991474984808e916215c66092" minOccurs="0"/>
                 <xsd:element ref="ns10:OGMUniqueDeliverableID" minOccurs="0"/>
                 <xsd:element ref="ns10:OGMEntityCode" minOccurs="0"/>
-                <xsd:element ref="ns11:ReadyForEy" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns9:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns12:ReadyForEy" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="67cda108-cd43-4e8c-95f8-608da92302cd" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="438a2b16-93c2-4690-ac50-9d6f308847d4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="31" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="32" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="33" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="i30a3f0cbe9246d398b542fccc396778" ma:index="35" nillable="true" ma:taxonomy="true" ma:internalName="i30a3f0cbe9246d398b542fccc396778" ma:taxonomyFieldName="Jurisdiction" ma:displayName="Jurisdiction" ma:default="1;#United States|092fbe52-b086-4a73-953b-5c57a118da03" ma:fieldId="{230a3f0c-be92-46d3-98b5-42fccc396778}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="91e411c8-edf9-4b39-89d8-981dff42e96f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="36" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{bc7e6531-16cd-456e-ab90-dd52c69bceec}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <xsd:element name="TaxCatchAll" ma:index="36" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{ecb8530a-645d-4f69-9ac9-30f57ed26593}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="i30a3f0cbe9246d398b542fccc386778" ma:index="37" nillable="true" ma:taxonomy="true" ma:internalName="i30a3f0cbe9246d398b542fccc386778" ma:taxonomyFieldName="TaxServiceLine" ma:displayName="Tax Sub-Service Line" ma:default="2;#Global Compliance and Reporting|35c34da8-327a-4881-b8d1-6bda7e039f7f" ma:fieldId="{230a3f0c-be92-46d3-98b5-42fccc386778}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="a8762f95-c31d-4b56-ae22-8b5b51a40df2" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAllLabel" ma:index="38" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{bc7e6531-16cd-456e-ab90-dd52c69bceec}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="67cda108-cd43-4e8c-95f8-608da92302cd">
+    <xsd:element name="TaxCatchAllLabel" ma:index="38" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{ecb8530a-645d-4f69-9ac9-30f57ed26593}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="438a2b16-93c2-4690-ac50-9d6f308847d4">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35818088-e62d-4edf-bbb6-409430aef268" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Sourcemetadata" ma:index="2" nillable="true" ma:displayName="Source metadata" ma:hidden="true" ma:internalName="Sourcemetadata" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Importedfrom" ma:index="3" nillable="true" ma:displayName="Imported From" ma:hidden="true" ma:internalName="Importedfrom" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="ClientName" ma:index="4" nillable="true" ma:displayName="Client Name" ma:default="Aberdeen Standard Investments, Inc." ma:hidden="true" ma:internalName="ClientName" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="ClientNumber" ma:index="5" nillable="true" ma:displayName="Client Number" ma:default="12102228" ma:hidden="true" ma:internalName="ClientNumber" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EngagementName" ma:index="6" nillable="true" ma:displayName="Engagement Name" ma:default="abrdn_Tax Compliance_2024" ma:hidden="true" ma:internalName="EngagementName" ma:readOnly="false">
+    <xsd:element name="EngagementName" ma:index="6" nillable="true" ma:displayName="Engagement Name" ma:default="abrdn_Tax Compliance_2025" ma:hidden="true" ma:internalName="EngagementName" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EngagementNumber" ma:index="7" nillable="true" ma:displayName="Engagement Number" ma:default="E-68192328" ma:hidden="true" ma:internalName="EngagementNumber" ma:readOnly="false">
+    <xsd:element name="EngagementNumber" ma:index="7" nillable="true" ma:displayName="Engagement Number" ma:default="E-69014228" ma:hidden="true" ma:internalName="EngagementNumber" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TDMDocumentType" ma:index="15" nillable="true" ma:displayName="Document Type" ma:default="Workpaper" ma:format="Dropdown" ma:indexed="true" ma:internalName="TDMDocumentType">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Correspondence"/>
           <xsd:enumeration value="Engagement Management"/>
           <xsd:enumeration value="Financial Management"/>
           <xsd:enumeration value="Workpaper"/>
           <xsd:enumeration value="Deliverable"/>
           <xsd:enumeration value="Internal Review/Consult"/>
           <xsd:enumeration value="Statement of Work"/>
           <xsd:enumeration value="Master Agreement"/>
           <xsd:enumeration value="Memorandum of Understanding"/>
           <xsd:enumeration value="Documents"/>
           <xsd:enumeration value="Administration"/>
           <xsd:enumeration value="Law Notes"/>
           <xsd:enumeration value="Client Source Data"/>
           <xsd:enumeration value="Power of Attorney"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="DocumentStatus" ma:index="16" nillable="true" ma:displayName="Document Status" ma:format="Dropdown" ma:internalName="DocumentStatus">
@@ -7379,51 +7333,51 @@
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="AdditionalAttribute" ma:index="18" nillable="true" ma:displayName="Additional Attribute" ma:internalName="AdditionalAttribute">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Entity" ma:index="19" nillable="true" ma:displayName="Entity" ma:internalName="Entity">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxYear" ma:index="20" nillable="true" ma:displayName="Tax Year" ma:default="2024" ma:format="Dropdown" ma:indexed="true" ma:internalName="TaxYear">
+    <xsd:element name="TaxYear" ma:index="20" nillable="true" ma:displayName="Tax Year" ma:default="N/A" ma:format="Dropdown" ma:indexed="true" ma:internalName="TaxYear">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="N/A"/>
           <xsd:enumeration value="1965"/>
           <xsd:enumeration value="1966"/>
           <xsd:enumeration value="1967"/>
           <xsd:enumeration value="1968"/>
           <xsd:enumeration value="1969"/>
           <xsd:enumeration value="1970"/>
           <xsd:enumeration value="1971"/>
           <xsd:enumeration value="1972"/>
           <xsd:enumeration value="1973"/>
           <xsd:enumeration value="1974"/>
           <xsd:enumeration value="1975"/>
           <xsd:enumeration value="1976"/>
           <xsd:enumeration value="1977"/>
           <xsd:enumeration value="1978"/>
           <xsd:enumeration value="1979"/>
           <xsd:enumeration value="1980"/>
           <xsd:enumeration value="1981"/>
           <xsd:enumeration value="1982"/>
           <xsd:enumeration value="1983"/>
           <xsd:enumeration value="1984"/>
           <xsd:enumeration value="1985"/>
           <xsd:enumeration value="1986"/>
@@ -7609,110 +7563,79 @@
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="GearLink" ma:index="34" nillable="true" ma:displayName="Gear Link" ma:format="Hyperlink" ma:hidden="true" ma:internalName="GearLink" ma:readOnly="false">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8963624f-e261-401d-b741-31e703acb2d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="DocumentSignificance" ma:index="39" nillable="true" ma:displayName="Document Significance" ma:internalName="DocumentSignificance">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6653040d-ffed-4e4b-aec5-8324f76c2f8e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="WorkProduct" ma:index="40" nillable="true" ma:displayName="Work Product" ma:internalName="WorkProduct">
+    <xsd:element name="EYIOtherClassification" ma:index="40" nillable="true" ma:displayName="Other Classification" ma:internalName="EYIOtherClassification">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="EYIOtherClassification" ma:index="41" nillable="true" ma:displayName="Other Classification" ma:internalName="EYIOtherClassification">
+    <xsd:element name="WorkProduct" ma:index="41" nillable="true" ma:displayName="Work Product" ma:internalName="WorkProduct">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae79d445-f7c9-4cd8-b22f-4ace40df346a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b370de82-f748-4b43-9867-7b96772bed3a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="mfeb29cc29824216aa36693a3ca523bf" ma:index="43" nillable="true" ma:taxonomy="true" ma:internalName="mfeb29cc29824216aa36693a3ca523bf" ma:taxonomyFieldName="EYIGCRProcessStep" ma:displayName="GCR Process Step" ma:default="" ma:fieldId="{6feb29cc-2982-4216-aa36-693a3ca523bf}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="bef3c4ae-dd30-4a1d-aa3f-ccf9b145de1d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
-[...30 lines deleted...]
-    <xsd:element name="DeliverableName" ma:index="44" nillable="true" ma:displayName="Deliverable Name" ma:internalName="DeliverableName">
+    <xsd:element name="DeliverableName" ma:index="42" nillable="true" ma:displayName="Deliverable Name" ma:internalName="DeliverableName">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMPeriod" ma:index="45" nillable="true" ma:displayName="OGM Period" ma:format="Dropdown" ma:internalName="OGMPeriod">
+    <xsd:element name="OGMPeriod" ma:index="43" nillable="true" ma:displayName="OGM Period" ma:format="Dropdown" ma:internalName="OGMPeriod">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Bi-Annum 1"/>
           <xsd:enumeration value="Bi-Annum 2"/>
           <xsd:enumeration value="Jan - Feb"/>
           <xsd:enumeration value="Feb - Mar"/>
           <xsd:enumeration value="Mar - Apr"/>
           <xsd:enumeration value="Apr - May"/>
           <xsd:enumeration value="May - Jun"/>
           <xsd:enumeration value="Jun - Jul"/>
           <xsd:enumeration value="Jul - Aug"/>
           <xsd:enumeration value="Aug - Sep"/>
           <xsd:enumeration value="Sep - Oct"/>
           <xsd:enumeration value="Oct - Nov"/>
           <xsd:enumeration value="Nov - Dec"/>
           <xsd:enumeration value="Dec - Jan"/>
           <xsd:enumeration value="Fortnight 1"/>
           <xsd:enumeration value="Fortnight 2"/>
           <xsd:enumeration value="January"/>
           <xsd:enumeration value="February"/>
           <xsd:enumeration value="March"/>
           <xsd:enumeration value="April"/>
           <xsd:enumeration value="May"/>
           <xsd:enumeration value="June"/>
           <xsd:enumeration value="July"/>
@@ -7720,92 +7643,105 @@
           <xsd:enumeration value="September"/>
           <xsd:enumeration value="October"/>
           <xsd:enumeration value="November"/>
           <xsd:enumeration value="December"/>
           <xsd:enumeration value="1"/>
           <xsd:enumeration value="2"/>
           <xsd:enumeration value="3"/>
           <xsd:enumeration value="4"/>
           <xsd:enumeration value="5"/>
           <xsd:enumeration value="6"/>
           <xsd:enumeration value="7"/>
           <xsd:enumeration value="8"/>
           <xsd:enumeration value="9"/>
           <xsd:enumeration value="10"/>
           <xsd:enumeration value="11"/>
           <xsd:enumeration value="12"/>
           <xsd:enumeration value="Q1"/>
           <xsd:enumeration value="Q2"/>
           <xsd:enumeration value="Q3"/>
           <xsd:enumeration value="Q4"/>
           <xsd:enumeration value="Week 1"/>
           <xsd:enumeration value="Week 2"/>
           <xsd:enumeration value="Week 3"/>
           <xsd:enumeration value="Week 4"/>
           <xsd:enumeration value="Week 5"/>
-          <xsd:enumeration value="Ad hoc"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMFrequency" ma:index="46" nillable="true" ma:displayName="OGM Frequency" ma:format="Dropdown" ma:internalName="OGMFrequency">
+    <xsd:element name="OGMFrequency" ma:index="44" nillable="true" ma:displayName="OGM Frequency" ma:format="Dropdown" ma:internalName="OGMFrequency">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Annual"/>
           <xsd:enumeration value="Bi-Annual"/>
           <xsd:enumeration value="Bi-Monthly"/>
           <xsd:enumeration value="Fortnight"/>
           <xsd:enumeration value="Interim"/>
           <xsd:enumeration value="Monthly"/>
           <xsd:enumeration value="Other"/>
           <xsd:enumeration value="Period"/>
           <xsd:enumeration value="Quarterly"/>
           <xsd:enumeration value="Short Year"/>
           <xsd:enumeration value="Weekly"/>
-          <xsd:enumeration value="Ad hoc"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="OGMEngagement" ma:index="47" nillable="true" ma:displayName="OGM Engagement" ma:internalName="OGMEngagement">
+    <xsd:element name="OGMEngagement" ma:index="45" nillable="true" ma:displayName="OGM Engagement" ma:internalName="OGMEngagement">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="198ab789-f0c7-49ac-93fb-3a8431555332" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="OGMUniqueDeliverableID" ma:index="48" nillable="true" ma:displayName="OGMUniqueDeliverableID" ma:internalName="OGMUniqueDeliverableID">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="OGMEntityCode" ma:index="49" nillable="true" ma:displayName="OGMEntityCode" ma:internalName="OGMEntityCode">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b77bd203-539a-455c-ae00-8e12003ac7e6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="fe0ef5c991474984808e916215c66092" ma:index="47" nillable="true" ma:taxonomy="true" ma:internalName="fe0ef5c991474984808e916215c66092" ma:taxonomyFieldName="EYIGCRProcessStep" ma:displayName="GCR Process Step" ma:default="" ma:fieldId="{fe0ef5c9-9147-4984-808e-916215c66092}" ma:sspId="33ef62f9-2e07-484b-bd79-00aec90129fe" ma:termSetId="bef3c4ae-dd30-4a1d-aa3f-ccf9b145de1d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a3956e2b-dcec-4b87-94bf-cae81082b9c4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReadyForEy" ma:index="50" nillable="true" ma:displayName="Ready For EY" ma:internalName="ReadyForEy">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
@@ -7875,316 +7811,321 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">USA270587-2051353962-356</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Url>https://eyus.sharepoint.com/sites/eyimdUSA-D00071608-M/1/_layouts/15/DocIdRedir.aspx?ID=USA270587-2051353962-356</Url>
+      <Description>USA270587-2051353962-356</Description>
+    </_dlc_DocIdUrl>
+    <TaxYear xmlns="35818088-e62d-4edf-bbb6-409430aef268">N/A</TaxYear>
+    <fe0ef5c991474984808e916215c66092 xmlns="b77bd203-539a-455c-ae00-8e12003ac7e6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </fe0ef5c991474984808e916215c66092>
+    <OGMEntityCode xmlns="198ab789-f0c7-49ac-93fb-3a8431555332" xsi:nil="true"/>
+    <Entity xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <EYIOtherClassification xmlns="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xsi:nil="true"/>
+    <CopiedBy xmlns="35818088-e62d-4edf-bbb6-409430aef268">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </CopiedBy>
+    <DocumentSignificance xmlns="8963624f-e261-401d-b741-31e703acb2d2" xsi:nil="true"/>
+    <OGMUniqueDeliverableID xmlns="198ab789-f0c7-49ac-93fb-3a8431555332" xsi:nil="true"/>
+    <TaxQuarter xmlns="35818088-e62d-4edf-bbb6-409430aef268">N/A</TaxQuarter>
+    <CopyAudit xmlns="35818088-e62d-4edf-bbb6-409430aef268">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </CopyAudit>
+    <CopyDocID xmlns="4f287a07-1cdd-40b9-8719-d7ca1fc828d3" xsi:nil="true"/>
+    <CopiedOn xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <TaxMonth xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <ReadyForEy xmlns="a3956e2b-dcec-4b87-94bf-cae81082b9c4" xsi:nil="true"/>
+    <EngagementName xmlns="35818088-e62d-4edf-bbb6-409430aef268">abrdn_Tax Compliance_2025</EngagementName>
+    <i30a3f0cbe9246d398b542fccc386778 xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Global Compliance and Reporting</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">35c34da8-327a-4881-b8d1-6bda7e039f7f</TermId>
+        </TermInfo>
+      </Terms>
+    </i30a3f0cbe9246d398b542fccc386778>
+    <EngagementNumber xmlns="35818088-e62d-4edf-bbb6-409430aef268">E-69014228</EngagementNumber>
+    <WorkProduct xmlns="63a44172-7fd8-4bd2-a57e-82c805f4b8ab" xsi:nil="true"/>
+    <DeliverableName xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Importedfrom xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <ClientName xmlns="35818088-e62d-4edf-bbb6-409430aef268">Aberdeen Standard Investments, Inc.</ClientName>
+    <DocumentStatus xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <Owner xmlns="35818088-e62d-4edf-bbb6-409430aef268">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <TaxCatchAll xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Value>2</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <ClientNumber xmlns="35818088-e62d-4edf-bbb6-409430aef268">12102228</ClientNumber>
+    <GearLink xmlns="dfe04167-7bf6-4262-921c-212a7ca9f51c">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </GearLink>
+    <OGMEngagement xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Knowledge xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Knowledge>
+    <i30a3f0cbe9246d398b542fccc396778 xmlns="438a2b16-93c2-4690-ac50-9d6f308847d4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">United States</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">092fbe52-b086-4a73-953b-5c57a118da03</TermId>
+        </TermInfo>
+      </Terms>
+    </i30a3f0cbe9246d398b542fccc396778>
+    <OGMPeriod xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <Obsolete xmlns="35818088-e62d-4edf-bbb6-409430aef268">false</Obsolete>
+    <OGMFrequency xmlns="b370de82-f748-4b43-9867-7b96772bed3a" xsi:nil="true"/>
+    <AdditionalAttribute xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+    <TDMDocumentType xmlns="35818088-e62d-4edf-bbb6-409430aef268">Workpaper</TDMDocumentType>
+    <Sourcemetadata xmlns="35818088-e62d-4edf-bbb6-409430aef268" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...91 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D4EDE59-D372-485D-A2E4-8ACEFB4FFB2B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6742F6B-D67F-4FFE-A317-F5D727F9E71E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="67cda108-cd43-4e8c-95f8-608da92302cd"/>
+    <ds:schemaRef ds:uri="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
     <ds:schemaRef ds:uri="35818088-e62d-4edf-bbb6-409430aef268"/>
     <ds:schemaRef ds:uri="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
     <ds:schemaRef ds:uri="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
     <ds:schemaRef ds:uri="8963624f-e261-401d-b741-31e703acb2d2"/>
-    <ds:schemaRef ds:uri="6653040d-ffed-4e4b-aec5-8324f76c2f8e"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
+    <ds:schemaRef ds:uri="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <ds:schemaRef ds:uri="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <ds:schemaRef ds:uri="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <ds:schemaRef ds:uri="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
     <ds:schemaRef ds:uri="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F52B0614-1BE0-428A-98D1-193B02831E93}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02A73464-DFD7-4549-B810-A3F9E105FB57}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="35818088-e62d-4edf-bbb6-409430aef268"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b77bd203-539a-455c-ae00-8e12003ac7e6"/>
+    <ds:schemaRef ds:uri="b370de82-f748-4b43-9867-7b96772bed3a"/>
+    <ds:schemaRef ds:uri="63a44172-7fd8-4bd2-a57e-82c805f4b8ab"/>
+    <ds:schemaRef ds:uri="198ab789-f0c7-49ac-93fb-3a8431555332"/>
+    <ds:schemaRef ds:uri="8963624f-e261-401d-b741-31e703acb2d2"/>
+    <ds:schemaRef ds:uri="4f287a07-1cdd-40b9-8719-d7ca1fc828d3"/>
+    <ds:schemaRef ds:uri="dfe04167-7bf6-4262-921c-212a7ca9f51c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a3956e2b-dcec-4b87-94bf-cae81082b9c4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="438a2b16-93c2-4690-ac50-9d6f308847d4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{995BFD2B-D833-4220-9DF1-7E5C78A90449}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF6C149F-E760-487B-8F7A-15C5F383C238}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{202D9971-4EAE-468B-A8AC-546D354E8AB5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{082976C1-3C86-48C7-9705-B8E56E351643}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="5ac7531b-eb2e-42d0-9dcf-a12b76554bc8"/>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="ae79d445-f7c9-4cd8-b22f-4ace40df346a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Primary Layout</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EY</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yan Ting Lau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010070B8EBA165E1244282FA93047E839D47020055E57DDD6CB1BD46A52EA9007CDB0AA0</vt:lpwstr>
+    <vt:lpwstr>0x01010070B8EBA165E1244282FA93047E839D470200C0E11755B97DED4D86EB951443AFD65A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Jurisdiction">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f3434af6-7771-4c5c-bdf0-d41305957d91</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Jurisdiction">
     <vt:lpwstr>1;#United States|092fbe52-b086-4a73-953b-5c57a118da03</vt:lpwstr>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr>38d5f53d-6244-4603-8ec9-2b3ce4203e68</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxServiceLine">
     <vt:lpwstr>2;#Global Compliance and Reporting|35c34da8-327a-4881-b8d1-6bda7e039f7f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EYIGCRProcessStep">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
+    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
+    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SetDate">
-    <vt:lpwstr>2025-02-07T17:28:46Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SetDate">
+    <vt:lpwstr>2026-02-09T18:17:14Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Name">
     <vt:lpwstr>Internal</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_SiteId">
     <vt:lpwstr>27b2553d-4a89-4c74-88e1-d1d590624294</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ActionId">
-    <vt:lpwstr>fc166392-9338-499f-b1ad-a137c798f77f</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ActionId">
+    <vt:lpwstr>bbee90ea-6588-463d-aba8-451dcf078254</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
-[...3 lines deleted...]
-    <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_daedb74c-5c9d-4922-8c2a-58c941882563_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>